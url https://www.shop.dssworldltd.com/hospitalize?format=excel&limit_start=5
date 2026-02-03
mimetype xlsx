--- v0 (2025-12-13)
+++ v1 (2026-02-03)
@@ -112,51 +112,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:R51"/>
+  <dimension ref="A1:R35"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>userid</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>patientID</t>
         </is>
       </c>
@@ -217,173 +217,169 @@
       </c>
       <c r="O1" s="1" t="inlineStr">
         <is>
           <t>status</t>
         </is>
       </c>
       <c r="P1" s="1" t="inlineStr">
         <is>
           <t>CallerRemark</t>
         </is>
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>CriticalAlert</t>
         </is>
       </c>
       <c r="R1" s="1" t="inlineStr">
         <is>
           <t>CallerID</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>3856</t>
+          <t>3089</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>155</t>
+          <t>190</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>2021-04-10</t>
+          <t>2021-04-07</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
-          <t>MILIND RAMDAS JAMBHULAKAR</t>
+          <t>BINDUPRASAD  PANDEY</t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I2" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J2" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K2" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L2" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>No</t>
         </is>
       </c>
       <c r="M2" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="N2" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O2" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
-      <c r="P2" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P2" s="1"/>
       <c r="Q2" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R2" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>3808</t>
+          <t>3064</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>214</t>
+          <t>175</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>2021-04-10</t>
+          <t>2021-04-07</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>PRADNYA  KADUKAR</t>
+          <t>NIRAJ  WALKE</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J3" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -397,169 +393,169 @@
       <c r="N3" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O3" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P3" s="1"/>
       <c r="Q3" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R3" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>3802</t>
+          <t>2962</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>155</t>
+          <t>190</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2021-04-10</t>
+          <t>2021-04-07</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>MILIND RAMDAS JAMBHULAKAR</t>
+          <t>BINDUPRASAD  PANDEY</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L4" s="1" t="inlineStr">
         <is>
-          <t>no</t>
+          <t>No</t>
         </is>
       </c>
       <c r="M4" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="N4" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O4" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P4" s="1"/>
       <c r="Q4" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R4" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>3751</t>
+          <t>2947</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>155</t>
+          <t>175</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>2021-04-10</t>
+          <t>2021-04-06</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>MILIND RAMDAS JAMBHULAKAR</t>
+          <t>NIRAJ  WALKE</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J5" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K5" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L5" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -573,81 +569,81 @@
       <c r="N5" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O5" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P5" s="1"/>
       <c r="Q5" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R5" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>3735</t>
+          <t>2918</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>214</t>
+          <t>148</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>2021-04-10</t>
+          <t>2021-04-06</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>PRADNYA  KADUKAR</t>
+          <t>KISHOR MANOHAR  FULZALE</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I6" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J6" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K6" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L6" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -661,81 +657,81 @@
       <c r="N6" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O6" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P6" s="1"/>
       <c r="Q6" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R6" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>3732</t>
+          <t>2816</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>237</t>
+          <t>148</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>2021-04-10</t>
+          <t>2021-04-06</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>NASARIN SHEIKH  NIJAM</t>
+          <t>KISHOR MANOHAR  FULZALE</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J7" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K7" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L7" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -749,81 +745,81 @@
       <c r="N7" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O7" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P7" s="1"/>
       <c r="Q7" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R7" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>3602</t>
+          <t>2095</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>155</t>
+          <t>146</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>2021-04-09</t>
+          <t>2021-04-02</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
-          <t>MILIND RAMDAS JAMBHULAKAR</t>
+          <t>GAJANAN RAMCHANDRA  RAMCHANDRARAO</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I8" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J8" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K8" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L8" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -837,81 +833,81 @@
       <c r="N8" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O8" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P8" s="1"/>
       <c r="Q8" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R8" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>3531</t>
+          <t>2094</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>155</t>
+          <t>153</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>2021-04-09</t>
+          <t>2021-04-02</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
         <is>
-          <t>MILIND RAMDAS JAMBHULAKAR</t>
+          <t>DHARAMRAJ MADAN TAGARAM</t>
         </is>
       </c>
       <c r="H9" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I9" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J9" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L9" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -925,81 +921,81 @@
       <c r="N9" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O9" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P9" s="1"/>
       <c r="Q9" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R9" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>3360</t>
+          <t>2093</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>155</t>
+          <t>131</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>2021-04-08</t>
+          <t>2021-04-02</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
-          <t>MILIND RAMDAS JAMBHULAKAR</t>
+          <t>PRATAM KAUR KARTAR SINGH BAWEJA</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I10" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J10" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L10" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1013,81 +1009,81 @@
       <c r="N10" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O10" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P10" s="1"/>
       <c r="Q10" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R10" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>3247</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>210</t>
+          <t>146</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>2021-04-08</t>
+          <t>2021-04-02</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
-          <t>VISHAL SURESH PARBANDHE</t>
+          <t>GAJANAN RAMCHANDRA  RAMCHANDRARAO</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J11" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L11" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1101,81 +1097,81 @@
       <c r="N11" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O11" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P11" s="1"/>
       <c r="Q11" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R11" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>3240</t>
+          <t>2000</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>131</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>2021-04-08</t>
+          <t>2021-04-02</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
-          <t>MORESHWAR RAMCHANDRA JIOTODE</t>
+          <t>PRATAM KAUR KARTAR SINGH BAWEJA</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I12" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J12" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L12" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1189,81 +1185,81 @@
       <c r="N12" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O12" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P12" s="1"/>
       <c r="Q12" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R12" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>3238</t>
+          <t>1798</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>131</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>2021-04-08</t>
+          <t>2021-04-01</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
         <is>
-          <t>         SUSHIL  PURUSHOTTAM  NAGRALE</t>
+          <t>PRATAM KAUR KARTAR SINGH BAWEJA</t>
         </is>
       </c>
       <c r="H13" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I13" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J13" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K13" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L13" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1277,81 +1273,81 @@
       <c r="N13" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O13" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P13" s="1"/>
       <c r="Q13" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R13" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>3233</t>
+          <t>1704</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>118</t>
+          <t>131</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>2021-04-08</t>
+          <t>2021-03-31</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
-          <t>SHABBIR KHAN TADVI</t>
+          <t>PRATAM KAUR KARTAR SINGH BAWEJA</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L14" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1365,81 +1361,81 @@
       <c r="N14" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O14" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P14" s="1"/>
       <c r="Q14" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R14" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>3091</t>
+          <t>1637</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>131</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>2021-04-07</t>
+          <t>2021-03-31</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
-          <t>NIRAJ  WALKE</t>
+          <t>PRATAM KAUR KARTAR SINGH BAWEJA</t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I15" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J15" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K15" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L15" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1453,81 +1449,81 @@
       <c r="N15" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O15" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P15" s="1"/>
       <c r="Q15" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R15" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>3090</t>
+          <t>1586</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>118</t>
+          <t>81</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>2021-04-07</t>
+          <t>2021-03-31</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
         <is>
-          <t>SHABBIR KHAN TADVI</t>
+          <t>F M DADHY</t>
         </is>
       </c>
       <c r="H16" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I16" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J16" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K16" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L16" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1541,81 +1537,81 @@
       <c r="N16" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O16" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P16" s="1"/>
       <c r="Q16" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R16" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>3089</t>
+          <t>1374</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>97</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>2021-04-07</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G17" s="1" t="inlineStr">
         <is>
-          <t>BINDUPRASAD  PANDEY</t>
+          <t>SHAILAJA SUDHAKARRAO KODMALWAR</t>
         </is>
       </c>
       <c r="H17" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I17" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J17" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K17" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L17" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1629,81 +1625,81 @@
       <c r="N17" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O17" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P17" s="1"/>
       <c r="Q17" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R17" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>3064</t>
+          <t>1373</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>94</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>2021-04-07</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
-          <t>NIRAJ  WALKE</t>
+          <t>MAHESH CHANDRAKANT BUGGAWAR</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I18" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J18" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K18" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L18" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1717,81 +1713,81 @@
       <c r="N18" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O18" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P18" s="1"/>
       <c r="Q18" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R18" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>3017</t>
+          <t>1372</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>118</t>
+          <t>93</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>2021-04-07</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
         <is>
-          <t>SHABBIR KHAN TADVI</t>
+          <t>KANTA ISHWAR SOMKUWAR</t>
         </is>
       </c>
       <c r="H19" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I19" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J19" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K19" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L19" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1805,81 +1801,81 @@
       <c r="N19" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O19" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P19" s="1"/>
       <c r="Q19" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R19" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>2962</t>
+          <t>1371</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>92</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>2021-04-07</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
-          <t>BINDUPRASAD  PANDEY</t>
+          <t>ISHWAR LALJI SOMKUWAR</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I20" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J20" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K20" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L20" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1893,81 +1889,81 @@
       <c r="N20" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O20" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P20" s="1"/>
       <c r="Q20" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R20" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>2947</t>
+          <t>1300</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>97</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>2021-04-06</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
         <is>
-          <t>NIRAJ  WALKE</t>
+          <t>SHAILAJA SUDHAKARRAO KODMALWAR</t>
         </is>
       </c>
       <c r="H21" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I21" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J21" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K21" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L21" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1981,81 +1977,81 @@
       <c r="N21" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O21" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P21" s="1"/>
       <c r="Q21" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R21" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>2918</t>
+          <t>1283</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>148</t>
+          <t>94</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>2021-04-06</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G22" s="1" t="inlineStr">
         <is>
-          <t>KISHOR MANOHAR  FULZALE</t>
+          <t>MAHESH CHANDRAKANT BUGGAWAR</t>
         </is>
       </c>
       <c r="H22" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I22" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J22" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K22" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L22" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2069,81 +2065,81 @@
       <c r="N22" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O22" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P22" s="1"/>
       <c r="Q22" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R22" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>2816</t>
+          <t>1282</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>148</t>
+          <t>93</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>2021-04-06</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G23" s="1" t="inlineStr">
         <is>
-          <t>KISHOR MANOHAR  FULZALE</t>
+          <t>KANTA ISHWAR SOMKUWAR</t>
         </is>
       </c>
       <c r="H23" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I23" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J23" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K23" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L23" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2157,81 +2153,81 @@
       <c r="N23" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O23" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P23" s="1"/>
       <c r="Q23" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R23" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>2095</t>
+          <t>1281</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>146</t>
+          <t>92</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>2021-04-02</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G24" s="1" t="inlineStr">
         <is>
-          <t>GAJANAN RAMCHANDRA  RAMCHANDRARAO</t>
+          <t>ISHWAR LALJI SOMKUWAR</t>
         </is>
       </c>
       <c r="H24" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I24" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J24" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K24" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L24" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2245,81 +2241,81 @@
       <c r="N24" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O24" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P24" s="1"/>
       <c r="Q24" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R24" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>2094</t>
+          <t>1190</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>153</t>
+          <t>93</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>2021-04-02</t>
+          <t>2021-03-28</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G25" s="1" t="inlineStr">
         <is>
-          <t>DHARAMRAJ MADAN TAGARAM</t>
+          <t>KANTA ISHWAR SOMKUWAR</t>
         </is>
       </c>
       <c r="H25" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I25" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J25" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K25" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L25" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2333,81 +2329,81 @@
       <c r="N25" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O25" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P25" s="1"/>
       <c r="Q25" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R25" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>2093</t>
+          <t>1189</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>92</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>2021-04-02</t>
+          <t>2021-03-28</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G26" s="1" t="inlineStr">
         <is>
-          <t>PRATAM KAUR KARTAR SINGH BAWEJA</t>
+          <t>ISHWAR LALJI SOMKUWAR</t>
         </is>
       </c>
       <c r="H26" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I26" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J26" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K26" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L26" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2421,81 +2417,81 @@
       <c r="N26" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O26" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P26" s="1"/>
       <c r="Q26" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R26" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>1144</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>146</t>
+          <t>94</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>2021-04-02</t>
+          <t>2021-03-28</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G27" s="1" t="inlineStr">
         <is>
-          <t>GAJANAN RAMCHANDRA  RAMCHANDRARAO</t>
+          <t>MAHESH CHANDRAKANT BUGGAWAR</t>
         </is>
       </c>
       <c r="H27" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I27" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J27" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K27" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L27" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2509,81 +2505,81 @@
       <c r="N27" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O27" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P27" s="1"/>
       <c r="Q27" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R27" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>2000</t>
+          <t>1143</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>93</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>2021-04-02</t>
+          <t>2021-03-28</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G28" s="1" t="inlineStr">
         <is>
-          <t>PRATAM KAUR KARTAR SINGH BAWEJA</t>
+          <t>KANTA ISHWAR SOMKUWAR</t>
         </is>
       </c>
       <c r="H28" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I28" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J28" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K28" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L28" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2597,81 +2593,81 @@
       <c r="N28" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O28" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P28" s="1"/>
       <c r="Q28" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R28" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>1798</t>
+          <t>1142</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>92</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>2021-04-01</t>
+          <t>2021-03-28</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G29" s="1" t="inlineStr">
         <is>
-          <t>PRATAM KAUR KARTAR SINGH BAWEJA</t>
+          <t>ISHWAR LALJI SOMKUWAR</t>
         </is>
       </c>
       <c r="H29" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I29" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J29" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K29" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L29" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2685,81 +2681,81 @@
       <c r="N29" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O29" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P29" s="1"/>
       <c r="Q29" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R29" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>1704</t>
+          <t>1109</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>92</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>2021-03-31</t>
+          <t>2021-03-27</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G30" s="1" t="inlineStr">
         <is>
-          <t>PRATAM KAUR KARTAR SINGH BAWEJA</t>
+          <t>ISHWAR LALJI SOMKUWAR</t>
         </is>
       </c>
       <c r="H30" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I30" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J30" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K30" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L30" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2773,81 +2769,81 @@
       <c r="N30" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O30" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P30" s="1"/>
       <c r="Q30" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R30" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>1637</t>
+          <t>1066</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>94</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>2021-03-31</t>
+          <t>2021-03-27</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G31" s="1" t="inlineStr">
         <is>
-          <t>PRATAM KAUR KARTAR SINGH BAWEJA</t>
+          <t>MAHESH CHANDRAKANT BUGGAWAR</t>
         </is>
       </c>
       <c r="H31" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I31" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J31" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K31" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L31" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2861,81 +2857,81 @@
       <c r="N31" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O31" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P31" s="1"/>
       <c r="Q31" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R31" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>1586</t>
+          <t>1065</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>81</t>
+          <t>93</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>2021-03-31</t>
+          <t>2021-03-27</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G32" s="1" t="inlineStr">
         <is>
-          <t>F M DADHY</t>
+          <t>KANTA ISHWAR SOMKUWAR</t>
         </is>
       </c>
       <c r="H32" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I32" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J32" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K32" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L32" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2949,81 +2945,81 @@
       <c r="N32" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O32" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P32" s="1"/>
       <c r="Q32" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R32" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>1374</t>
+          <t>1064</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>97</t>
+          <t>92</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>2021-03-29</t>
+          <t>2021-03-27</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G33" s="1" t="inlineStr">
         <is>
-          <t>SHAILAJA SUDHAKARRAO KODMALWAR</t>
+          <t>ISHWAR LALJI SOMKUWAR</t>
         </is>
       </c>
       <c r="H33" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I33" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J33" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K33" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L33" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -3037,81 +3033,81 @@
       <c r="N33" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O33" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P33" s="1"/>
       <c r="Q33" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R33" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>1373</t>
+          <t>1008</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>94</t>
+          <t>76</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>2021-03-29</t>
+          <t>2021-03-26</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G34" s="1" t="inlineStr">
         <is>
-          <t>MAHESH CHANDRAKANT BUGGAWAR</t>
+          <t>ADARSH CHITAMAN VISHVKARMA</t>
         </is>
       </c>
       <c r="H34" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I34" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J34" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K34" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L34" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -3125,1538 +3121,130 @@
       <c r="N34" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O34" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P34" s="1"/>
       <c r="Q34" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R34" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>1372</t>
+          <t>1006</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>93</t>
+          <t>74</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>2021-03-29</t>
+          <t>2021-03-26</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G35" s="1" t="inlineStr">
         <is>
-          <t>KANTA ISHWAR SOMKUWAR</t>
+          <t>PREETI CHITAMAN VISHVKARMA</t>
         </is>
       </c>
       <c r="H35" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I35" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J35" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K35" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L35" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M35" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="N35" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O35" s="1" t="inlineStr">
         <is>
           <t>रुग्णास रुग्णालयात भरती करण्यात आले आहे</t>
         </is>
       </c>
       <c r="P35" s="1"/>
       <c r="Q35" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R35" s="1" t="inlineStr">
-        <is>
-[...1406 lines deleted...]
-      <c r="R51" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">