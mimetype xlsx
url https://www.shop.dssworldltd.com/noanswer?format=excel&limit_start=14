--- v0 (2025-12-18)
+++ v1 (2026-02-04)
@@ -217,81 +217,81 @@
       </c>
       <c r="O1" s="1" t="inlineStr">
         <is>
           <t>status</t>
         </is>
       </c>
       <c r="P1" s="1" t="inlineStr">
         <is>
           <t>CallerRemark</t>
         </is>
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>CriticalAlert</t>
         </is>
       </c>
       <c r="R1" s="1" t="inlineStr">
         <is>
           <t>CallerID</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>74045</t>
+          <t>73870</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>2624</t>
+          <t>2721</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>2021-05-29</t>
+          <t>2021-05-28</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
-          <t>SHALU SHRIRAM ZADE </t>
+          <t>RAVINDRA ASHOK CHINTALWAR   </t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I2" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J2" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K2" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L2" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -305,81 +305,81 @@
       <c r="N2" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O2" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P2" s="1"/>
       <c r="Q2" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R2" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>74040</t>
+          <t>73868</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>2621</t>
+          <t>2718</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>2021-05-29</t>
+          <t>2021-05-28</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>GOVERDAN PRASAD KATIYA </t>
+          <t>DIKSHA TEJPAL MANKAR   </t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J3" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -393,169 +393,169 @@
       <c r="N3" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O3" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P3" s="1"/>
       <c r="Q3" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R3" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>74039</t>
+          <t>73857</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>2765</t>
+          <t>2711</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2021-05-29</t>
+          <t>2021-05-28</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>MURLIDHAR HARIBHAU VYAVHARE </t>
+          <t>SHRIKANT AAUNDKAR </t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L4" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M4" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N4" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O4" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P4" s="1"/>
       <c r="Q4" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R4" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>74033</t>
+          <t>73848</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>2615</t>
+          <t>2681</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>2021-05-29</t>
+          <t>2021-05-28</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>CHANDRAKALA TUKARAM BOBDE </t>
+          <t>RAKESH SHRIHARI BURADKAR   </t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J5" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K5" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L5" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -569,169 +569,169 @@
       <c r="N5" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O5" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P5" s="1"/>
       <c r="Q5" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R5" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>74030</t>
+          <t>73843</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>2614</t>
+          <t>2678</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>2021-05-29</t>
+          <t>2021-05-28</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>GAJANAN RAGHOBA BHOYAR </t>
+          <t>SAMIR BRAMHANAND MESHRAM   </t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I6" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J6" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K6" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L6" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M6" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="N6" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O6" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P6" s="1"/>
       <c r="Q6" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R6" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>74024</t>
+          <t>73842</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>2610</t>
+          <t>2677</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>2021-05-29</t>
+          <t>2021-05-28</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>ASHOKKUMAR RADHESHYAM NISHAD </t>
+          <t>ABHAY GAJANAN MESHRAM   </t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J7" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K7" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L7" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -745,81 +745,81 @@
       <c r="N7" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O7" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P7" s="1"/>
       <c r="Q7" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R7" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>74021</t>
+          <t>73839</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>2599</t>
+          <t>2676</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>2021-05-29</t>
+          <t>2021-05-28</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
-          <t>SARITA  VIJAY TODSAM </t>
+          <t>NITA BRAMHANAND MESHRAM   </t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I8" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J8" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K8" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L8" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -833,81 +833,81 @@
       <c r="N8" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O8" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P8" s="1"/>
       <c r="Q8" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R8" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>74016</t>
+          <t>73832</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>34</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>2592</t>
+          <t>2859</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>2021-05-29</t>
+          <t>2021-05-28</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
         <is>
-          <t>BRIJESH LALSINGH BHOND </t>
+          <t>KAJAL BHHURIYA</t>
         </is>
       </c>
       <c r="H9" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I9" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J9" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L9" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -921,257 +921,257 @@
       <c r="N9" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O9" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P9" s="1"/>
       <c r="Q9" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R9" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>74008</t>
+          <t>73831</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>34</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>2579</t>
+          <t>2858</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>2021-05-29</t>
+          <t>2021-05-28</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
-          <t>ALKA RAMTEKE</t>
+          <t>ROHAK BHHURIYA</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I10" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J10" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L10" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M10" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N10" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O10" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P10" s="1"/>
       <c r="Q10" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R10" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>74004</t>
+          <t>73819</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>2538</t>
+          <t>2675</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>2021-05-29</t>
+          <t>2021-05-28</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
-          <t>SWAPNESH NAGARALE</t>
+          <t>BRAMHANAND NATTHUJI MESHRAM   </t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J11" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L11" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M11" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N11" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O11" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P11" s="1"/>
       <c r="Q11" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R11" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>74002</t>
+          <t>73818</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>2578</t>
+          <t>2672</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>2021-05-29</t>
+          <t>2021-05-28</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
-          <t>MO SAJID ABDUL  RAUF </t>
+          <t>PRABHAKAR ATRAM</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I12" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J12" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L12" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1185,81 +1185,81 @@
       <c r="N12" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O12" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P12" s="1"/>
       <c r="Q12" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R12" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>74001</t>
+          <t>73816</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>2577</t>
+          <t>2669</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>2021-05-29</t>
+          <t>2021-05-28</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
         <is>
-          <t>VINOD ANANDRAO LONKAR </t>
+          <t>DHYANESHWAR KAYNE</t>
         </is>
       </c>
       <c r="H13" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I13" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J13" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K13" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L13" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1273,81 +1273,81 @@
       <c r="N13" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O13" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P13" s="1"/>
       <c r="Q13" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R13" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>73998</t>
+          <t>73813</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>2573</t>
+          <t>2663</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>2021-05-29</t>
+          <t>2021-05-28</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
-          <t>SOMESH MAHADEO LENGURE </t>
+          <t>AZAN DILDAR SHEIKH </t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L14" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1361,169 +1361,169 @@
       <c r="N14" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O14" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P14" s="1"/>
       <c r="Q14" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R14" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>73990</t>
+          <t>73809</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>2542</t>
+          <t>2628</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>2021-05-29</t>
+          <t>2021-05-28</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
-          <t>YASHSHAVI MOON</t>
+          <t>MOHAMMAD JAVED RAUF SHEIKH </t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I15" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J15" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K15" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L15" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M15" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="N15" s="1" t="inlineStr">
         <is>
-          <t>+</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O15" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P15" s="1"/>
       <c r="Q15" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R15" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>73981</t>
+          <t>73808</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>2536</t>
+          <t>2627</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>2021-05-29</t>
+          <t>2021-05-28</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
         <is>
-          <t>LAXMI TONGE</t>
+          <t>AIMAN SHEIKH MOHD JAVED SHEIKH </t>
         </is>
       </c>
       <c r="H16" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I16" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J16" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K16" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L16" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1537,257 +1537,257 @@
       <c r="N16" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O16" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P16" s="1"/>
       <c r="Q16" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R16" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>73980</t>
+          <t>73807</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>2552</t>
+          <t>2626</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>2021-05-29</t>
+          <t>2021-05-28</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G17" s="1" t="inlineStr">
         <is>
-          <t>SANATAN KESHAB PTRA </t>
+          <t>SALEHATABASSUM ABDUL RAUF SHEIKH </t>
         </is>
       </c>
       <c r="H17" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I17" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J17" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K17" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L17" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M17" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N17" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O17" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P17" s="1"/>
       <c r="Q17" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R17" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>73953</t>
+          <t>73804</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>2639</t>
+          <t>2623</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
-          <t>MANOHAR PANDILWAR </t>
+          <t>PRASHANT KUMAR  </t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I18" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J18" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K18" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L18" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M18" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N18" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O18" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P18" s="1"/>
       <c r="Q18" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R18" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>73934</t>
+          <t>73803</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>2949</t>
+          <t>2621</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
         <is>
-          <t>UTTAM BHIMRAO NAGARGOJE </t>
+          <t>GOVERDAN PRASAD KATIYA </t>
         </is>
       </c>
       <c r="H19" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I19" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J19" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K19" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L19" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1801,81 +1801,81 @@
       <c r="N19" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O19" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P19" s="1"/>
       <c r="Q19" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R19" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>73932</t>
+          <t>73800</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>2948</t>
+          <t>2615</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
-          <t>BABULAL CHUNNA VARMA </t>
+          <t>CHANDRAKALA TUKARAM BOBDE </t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I20" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J20" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K20" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L20" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1889,81 +1889,81 @@
       <c r="N20" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O20" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P20" s="1"/>
       <c r="Q20" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R20" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>73929</t>
+          <t>73791</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>2944</t>
+          <t>3023</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
         <is>
-          <t>MANISHA UCHALDAS LONARE </t>
+          <t>GAJANAN DHONGE</t>
         </is>
       </c>
       <c r="H21" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I21" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J21" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K21" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L21" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1977,81 +1977,81 @@
       <c r="N21" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O21" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P21" s="1"/>
       <c r="Q21" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R21" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>73927</t>
+          <t>73790</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>2942</t>
+          <t>3022</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G22" s="1" t="inlineStr">
         <is>
-          <t>SARITA PRAKASH KIRNAPURE </t>
+          <t>KRUSHNA DHONGE</t>
         </is>
       </c>
       <c r="H22" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I22" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J22" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K22" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L22" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2065,81 +2065,81 @@
       <c r="N22" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O22" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P22" s="1"/>
       <c r="Q22" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R22" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>73923</t>
+          <t>73771</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>2892</t>
+          <t>2613</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G23" s="1" t="inlineStr">
         <is>
-          <t> PANDURANG SADASHIV BUTALE</t>
+          <t>KARTIK VITHOBA MOREY </t>
         </is>
       </c>
       <c r="H23" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I23" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J23" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K23" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L23" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2153,169 +2153,169 @@
       <c r="N23" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O23" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P23" s="1"/>
       <c r="Q23" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R23" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>73919</t>
+          <t>73770</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>2887</t>
+          <t>2611</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G24" s="1" t="inlineStr">
         <is>
-          <t> NILKANTH BALKI</t>
+          <t>SANDEEP VITHOBA MOREY </t>
         </is>
       </c>
       <c r="H24" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I24" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J24" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K24" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L24" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M24" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="N24" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O24" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P24" s="1"/>
       <c r="Q24" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R24" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>73899</t>
+          <t>73760</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>2987</t>
+          <t>2600</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G25" s="1" t="inlineStr">
         <is>
-          <t>SHANKAR RAMDAS MORE </t>
+          <t>DHRUW VIJAY TODSAM </t>
         </is>
       </c>
       <c r="H25" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I25" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J25" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K25" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L25" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2329,81 +2329,81 @@
       <c r="N25" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O25" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P25" s="1"/>
       <c r="Q25" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R25" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>73884</t>
+          <t>73758</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>2737</t>
+          <t>2599</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G26" s="1" t="inlineStr">
         <is>
-          <t>JAYKUMAR PREMKUMAR SINGH dup</t>
+          <t>SARITA  VIJAY TODSAM </t>
         </is>
       </c>
       <c r="H26" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I26" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J26" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K26" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L26" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2417,81 +2417,81 @@
       <c r="N26" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O26" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P26" s="1"/>
       <c r="Q26" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R26" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>73883</t>
+          <t>73754</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>2735</t>
+          <t>3013</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G27" s="1" t="inlineStr">
         <is>
-          <t>GAJANAN MAROTI TAMGADGE </t>
+          <t>KAVITA MUNAWAD</t>
         </is>
       </c>
       <c r="H27" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I27" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J27" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K27" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L27" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2505,81 +2505,81 @@
       <c r="N27" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O27" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P27" s="1"/>
       <c r="Q27" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R27" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>73882</t>
+          <t>73736</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>2734</t>
+          <t>2592</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G28" s="1" t="inlineStr">
         <is>
-          <t>SHAGUN BALENDRA TIWARI </t>
+          <t>BRIJESH LALSINGH BHOND </t>
         </is>
       </c>
       <c r="H28" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I28" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J28" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K28" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L28" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2593,81 +2593,81 @@
       <c r="N28" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O28" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P28" s="1"/>
       <c r="Q28" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R28" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>73880</t>
+          <t>73734</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>2733</t>
+          <t>2591</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G29" s="1" t="inlineStr">
         <is>
-          <t>RAYMALLU KUNNURI  </t>
+          <t>VIJAYBAHADUR MINKALP PRASAD KAHAR </t>
         </is>
       </c>
       <c r="H29" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I29" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J29" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K29" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L29" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2681,81 +2681,81 @@
       <c r="N29" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O29" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P29" s="1"/>
       <c r="Q29" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R29" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>73878</t>
+          <t>73733</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>2729</t>
+          <t>2578</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G30" s="1" t="inlineStr">
         <is>
-          <t>ARCHANA DILIP ASWALE </t>
+          <t>MO SAJID ABDUL  RAUF </t>
         </is>
       </c>
       <c r="H30" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I30" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J30" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K30" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L30" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2769,81 +2769,81 @@
       <c r="N30" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O30" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P30" s="1"/>
       <c r="Q30" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R30" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>73876</t>
+          <t>73722</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>2727</t>
+          <t>2572</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G31" s="1" t="inlineStr">
         <is>
-          <t>ROHIT BHIMRAO ALONE </t>
+          <t>MOHIT PRADIP SALVE </t>
         </is>
       </c>
       <c r="H31" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I31" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J31" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K31" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L31" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2857,81 +2857,81 @@
       <c r="N31" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O31" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P31" s="1"/>
       <c r="Q31" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R31" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>73875</t>
+          <t>73718</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>2726</t>
+          <t>2542</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G32" s="1" t="inlineStr">
         <is>
-          <t>PRIYANKA BHIMRAO ALONE </t>
+          <t>YASHSHAVI MOON</t>
         </is>
       </c>
       <c r="H32" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I32" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J32" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K32" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L32" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2945,81 +2945,81 @@
       <c r="N32" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O32" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P32" s="1"/>
       <c r="Q32" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R32" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>73874</t>
+          <t>73715</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>2725</t>
+          <t>2973</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G33" s="1" t="inlineStr">
         <is>
-          <t>ARCHANA SANJAY DANGE </t>
+          <t>SHASHIKALA RAMTEKE</t>
         </is>
       </c>
       <c r="H33" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I33" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J33" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K33" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L33" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -3033,81 +3033,81 @@
       <c r="N33" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O33" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P33" s="1"/>
       <c r="Q33" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R33" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>73873</t>
+          <t>73713</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>2724</t>
+          <t>2971</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G34" s="1" t="inlineStr">
         <is>
-          <t>GANESH MAHADEO BUTALE </t>
+          <t>UMA RAJANNA RANGASHETTI </t>
         </is>
       </c>
       <c r="H34" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I34" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J34" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K34" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L34" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -3121,81 +3121,81 @@
       <c r="N34" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O34" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P34" s="1"/>
       <c r="Q34" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R34" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>73870</t>
+          <t>73707</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>2721</t>
+          <t>2967</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G35" s="1" t="inlineStr">
         <is>
-          <t>RAVINDRA ASHOK CHINTALWAR   </t>
+          <t>MADHURI DIPAK TONGE </t>
         </is>
       </c>
       <c r="H35" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I35" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J35" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K35" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L35" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -3209,81 +3209,81 @@
       <c r="N35" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O35" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P35" s="1"/>
       <c r="Q35" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R35" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>73868</t>
+          <t>73702</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>2718</t>
+          <t>2965</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G36" s="1" t="inlineStr">
         <is>
-          <t>DIKSHA TEJPAL MANKAR   </t>
+          <t>RAJANNA PULLAIAH RANGASHETTI </t>
         </is>
       </c>
       <c r="H36" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I36" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J36" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K36" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L36" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -3297,169 +3297,169 @@
       <c r="N36" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O36" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P36" s="1"/>
       <c r="Q36" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R36" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>73857</t>
+          <t>73700</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>2711</t>
+          <t>2960</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G37" s="1" t="inlineStr">
         <is>
-          <t>SHRIKANT AAUNDKAR </t>
+          <t>VINA SHRIKANT KATPATAL </t>
         </is>
       </c>
       <c r="H37" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I37" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J37" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K37" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L37" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M37" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N37" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O37" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P37" s="1"/>
       <c r="Q37" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R37" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>73848</t>
+          <t>73693</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>2681</t>
+          <t>2932</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G38" s="1" t="inlineStr">
         <is>
-          <t>RAKESH SHRIHARI BURADKAR   </t>
+          <t> VIDYA BAGESHWAR</t>
         </is>
       </c>
       <c r="H38" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I38" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J38" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K38" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L38" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -3473,81 +3473,81 @@
       <c r="N38" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O38" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P38" s="1"/>
       <c r="Q38" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R38" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>73843</t>
+          <t>73682</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>34</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>2678</t>
+          <t>2806</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G39" s="1" t="inlineStr">
         <is>
-          <t>SAMIR BRAMHANAND MESHRAM   </t>
+          <t> PRATHIBA</t>
         </is>
       </c>
       <c r="H39" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I39" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J39" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K39" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L39" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -3561,81 +3561,81 @@
       <c r="N39" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O39" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P39" s="1"/>
       <c r="Q39" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R39" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>73842</t>
+          <t>73677</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>2677</t>
+          <t>2913</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G40" s="1" t="inlineStr">
         <is>
-          <t>ABHAY GAJANAN MESHRAM   </t>
+          <t> KALYANI GANESH KULMETHE</t>
         </is>
       </c>
       <c r="H40" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I40" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J40" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K40" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L40" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -3649,81 +3649,81 @@
       <c r="N40" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O40" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P40" s="1"/>
       <c r="Q40" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R40" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>73839</t>
+          <t>73667</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>2676</t>
+          <t>2908</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G41" s="1" t="inlineStr">
         <is>
-          <t>NITA BRAMHANAND MESHRAM   </t>
+          <t> MADHURI SUNIL TAPALE</t>
         </is>
       </c>
       <c r="H41" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I41" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J41" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K41" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L41" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -3737,81 +3737,81 @@
       <c r="N41" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O41" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P41" s="1"/>
       <c r="Q41" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R41" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>73832</t>
+          <t>73665</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>2859</t>
+          <t>2854</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G42" s="1" t="inlineStr">
         <is>
-          <t>KAJAL BHHURIYA</t>
+          <t>HARICHANDRA WANDHRE</t>
         </is>
       </c>
       <c r="H42" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I42" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J42" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K42" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L42" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -3825,169 +3825,169 @@
       <c r="N42" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O42" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P42" s="1"/>
       <c r="Q42" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R42" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>73831</t>
+          <t>73664</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>2858</t>
+          <t>2879</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G43" s="1" t="inlineStr">
         <is>
-          <t>ROHAK BHHURIYA</t>
+          <t> ASHA SUNIL SABAL</t>
         </is>
       </c>
       <c r="H43" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I43" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J43" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K43" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L43" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M43" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N43" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O43" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P43" s="1"/>
       <c r="Q43" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R43" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>73819</t>
+          <t>73656</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>2675</t>
+          <t>2843</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G44" s="1" t="inlineStr">
         <is>
-          <t>BRAMHANAND NATTHUJI MESHRAM   </t>
+          <t>SAJADA SHAFIQ KHAN </t>
         </is>
       </c>
       <c r="H44" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I44" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J44" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K44" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L44" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4001,169 +4001,169 @@
       <c r="N44" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O44" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P44" s="1"/>
       <c r="Q44" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R44" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>73818</t>
+          <t>73633</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>2672</t>
+          <t>2855</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G45" s="1" t="inlineStr">
         <is>
-          <t>PRABHAKAR ATRAM</t>
+          <t>INDU WANDHRE</t>
         </is>
       </c>
       <c r="H45" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I45" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J45" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K45" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L45" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M45" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N45" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O45" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P45" s="1"/>
       <c r="Q45" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R45" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>73816</t>
+          <t>73620</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>2669</t>
+          <t>2702</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E46" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G46" s="1" t="inlineStr">
         <is>
-          <t>DHYANESHWAR KAYNE</t>
+          <t>AASTHA RAMESH WASEKAR   </t>
         </is>
       </c>
       <c r="H46" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I46" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J46" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K46" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L46" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4177,873 +4177,873 @@
       <c r="N46" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O46" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P46" s="1"/>
       <c r="Q46" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R46" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>73813</t>
+          <t>73613</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>2663</t>
+          <t>2790</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G47" s="1" t="inlineStr">
         <is>
-          <t>AZAN DILDAR SHEIKH </t>
+          <t> SEEMA VINOD WALKE</t>
         </is>
       </c>
       <c r="H47" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I47" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J47" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K47" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L47" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M47" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N47" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O47" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P47" s="1"/>
       <c r="Q47" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R47" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>73809</t>
+          <t>73588</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>2628</t>
+          <t>2786</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G48" s="1" t="inlineStr">
         <is>
-          <t>MOHAMMAD JAVED RAUF SHEIKH </t>
+          <t> Mr  NARESH DAGOR</t>
         </is>
       </c>
       <c r="H48" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I48" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J48" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K48" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L48" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M48" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N48" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O48" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P48" s="1"/>
       <c r="Q48" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R48" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>73808</t>
+          <t>73573</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>2627</t>
+          <t>2779</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G49" s="1" t="inlineStr">
         <is>
-          <t>AIMAN SHEIKH MOHD JAVED SHEIKH </t>
+          <t> NISHIKA SURYAKANT TUMRAM</t>
         </is>
       </c>
       <c r="H49" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I49" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J49" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K49" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L49" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M49" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N49" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O49" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P49" s="1"/>
       <c r="Q49" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R49" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>73807</t>
+          <t>73556</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>2626</t>
+          <t>2620</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G50" s="1" t="inlineStr">
         <is>
-          <t>SALEHATABASSUM ABDUL RAUF SHEIKH </t>
+          <t>SUMIT BHARAT RINGANE </t>
         </is>
       </c>
       <c r="H50" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I50" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J50" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K50" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L50" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M50" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N50" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O50" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P50" s="1"/>
       <c r="Q50" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R50" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>73804</t>
+          <t>73547</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>2623</t>
+          <t>2581</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G51" s="1" t="inlineStr">
         <is>
-          <t>PRASHANT KUMAR  </t>
+          <t>SHARDA KANNUR</t>
         </is>
       </c>
       <c r="H51" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I51" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J51" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K51" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L51" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M51" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N51" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O51" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P51" s="1"/>
       <c r="Q51" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R51" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>73803</t>
+          <t>73542</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t>2621</t>
+          <t>2564</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G52" s="1" t="inlineStr">
         <is>
-          <t>GOVERDAN PRASAD KATIYA </t>
+          <t>FIROJ GAFAR KHAN </t>
         </is>
       </c>
       <c r="H52" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I52" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J52" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K52" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L52" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M52" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N52" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O52" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P52" s="1"/>
       <c r="Q52" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R52" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>73800</t>
+          <t>73540</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t>2615</t>
+          <t>2562</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E53" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G53" s="1" t="inlineStr">
         <is>
-          <t>CHANDRAKALA TUKARAM BOBDE </t>
+          <t>POOJA KAWADU UMARE </t>
         </is>
       </c>
       <c r="H53" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I53" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J53" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K53" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L53" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M53" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N53" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O53" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P53" s="1"/>
       <c r="Q53" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R53" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>73791</t>
+          <t>73528</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t>3023</t>
+          <t>2550</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E54" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G54" s="1" t="inlineStr">
         <is>
-          <t>GAJANAN DHONGE</t>
+          <t>RAMESH BABULAL JANGALWAR </t>
         </is>
       </c>
       <c r="H54" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I54" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J54" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K54" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L54" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M54" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N54" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O54" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P54" s="1"/>
       <c r="Q54" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R54" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>73790</t>
+          <t>73527</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t>3022</t>
+          <t>2548</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E55" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G55" s="1" t="inlineStr">
         <is>
-          <t>KRUSHNA DHONGE</t>
+          <t>SUSHILA ARUN JAGATAP </t>
         </is>
       </c>
       <c r="H55" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I55" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J55" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K55" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L55" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M55" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N55" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O55" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P55" s="1"/>
       <c r="Q55" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R55" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>73771</t>
+          <t>73508</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t>2613</t>
+          <t>3009</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E56" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G56" s="1" t="inlineStr">
         <is>
-          <t>KARTIK VITHOBA MOREY </t>
+          <t>DIPAK KAILASH WAKADE </t>
         </is>
       </c>
       <c r="H56" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I56" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J56" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K56" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L56" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5057,81 +5057,81 @@
       <c r="N56" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O56" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P56" s="1"/>
       <c r="Q56" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R56" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>73770</t>
+          <t>73505</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t>2611</t>
+          <t>2949</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E57" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G57" s="1" t="inlineStr">
         <is>
-          <t>SANDEEP VITHOBA MOREY </t>
+          <t>UTTAM BHIMRAO NAGARGOJE </t>
         </is>
       </c>
       <c r="H57" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I57" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J57" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K57" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L57" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5145,81 +5145,81 @@
       <c r="N57" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O57" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P57" s="1"/>
       <c r="Q57" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R57" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>73760</t>
+          <t>73503</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
-          <t>2600</t>
+          <t>2947</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E58" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G58" s="1" t="inlineStr">
         <is>
-          <t>DHRUW VIJAY TODSAM </t>
+          <t>SURESH MAYSAYYA BODANKI </t>
         </is>
       </c>
       <c r="H58" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I58" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J58" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K58" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L58" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5233,81 +5233,81 @@
       <c r="N58" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O58" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P58" s="1"/>
       <c r="Q58" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R58" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>73758</t>
+          <t>73501</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
-          <t>2599</t>
+          <t>2944</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E59" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F59" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G59" s="1" t="inlineStr">
         <is>
-          <t>SARITA  VIJAY TODSAM </t>
+          <t>MANISHA UCHALDAS LONARE </t>
         </is>
       </c>
       <c r="H59" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I59" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J59" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K59" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L59" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5321,81 +5321,81 @@
       <c r="N59" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O59" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P59" s="1"/>
       <c r="Q59" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R59" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>73754</t>
+          <t>73500</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
-          <t>3013</t>
+          <t>2943</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E60" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G60" s="1" t="inlineStr">
         <is>
-          <t>KAVITA MUNAWAD</t>
+          <t>BHASKAR MANOHAR WADASKAR </t>
         </is>
       </c>
       <c r="H60" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I60" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J60" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K60" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L60" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5409,81 +5409,81 @@
       <c r="N60" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O60" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P60" s="1"/>
       <c r="Q60" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R60" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>73736</t>
+          <t>73499</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t>2592</t>
+          <t>2942</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E61" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G61" s="1" t="inlineStr">
         <is>
-          <t>BRIJESH LALSINGH BHOND </t>
+          <t>SARITA PRAKASH KIRNAPURE </t>
         </is>
       </c>
       <c r="H61" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I61" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J61" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K61" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L61" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5497,81 +5497,81 @@
       <c r="N61" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O61" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P61" s="1"/>
       <c r="Q61" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R61" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>73734</t>
+          <t>73494</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t>2591</t>
+          <t>3029</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E62" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F62" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G62" s="1" t="inlineStr">
         <is>
-          <t>VIJAYBAHADUR MINKALP PRASAD KAHAR </t>
+          <t>ABDUL SAHIL NAFIS SHEIKH </t>
         </is>
       </c>
       <c r="H62" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I62" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J62" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K62" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L62" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5585,81 +5585,81 @@
       <c r="N62" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O62" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P62" s="1"/>
       <c r="Q62" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R62" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>73733</t>
+          <t>73486</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
-          <t>2578</t>
+          <t>3023</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E63" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G63" s="1" t="inlineStr">
         <is>
-          <t>MO SAJID ABDUL  RAUF </t>
+          <t>GAJANAN DHONGE</t>
         </is>
       </c>
       <c r="H63" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I63" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J63" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K63" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L63" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5673,81 +5673,81 @@
       <c r="N63" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O63" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P63" s="1"/>
       <c r="Q63" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R63" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>73722</t>
+          <t>73479</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
-          <t>2572</t>
+          <t>3018</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E64" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G64" s="1" t="inlineStr">
         <is>
-          <t>MOHIT PRADIP SALVE </t>
+          <t>SURAJ S SIDAM</t>
         </is>
       </c>
       <c r="H64" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I64" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J64" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K64" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L64" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5761,81 +5761,81 @@
       <c r="N64" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O64" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P64" s="1"/>
       <c r="Q64" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R64" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>73718</t>
+          <t>73471</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>34</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
-          <t>2542</t>
+          <t>2954</t>
         </is>
       </c>
       <c r="D65" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E65" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F65" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G65" s="1" t="inlineStr">
         <is>
-          <t>YASHSHAVI MOON</t>
+          <t>GUNVANT MAROTI BHOYAR </t>
         </is>
       </c>
       <c r="H65" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I65" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J65" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K65" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L65" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5849,81 +5849,81 @@
       <c r="N65" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O65" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P65" s="1"/>
       <c r="Q65" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R65" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>73715</t>
+          <t>73465</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
-          <t>2973</t>
+          <t>2975</t>
         </is>
       </c>
       <c r="D66" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E66" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G66" s="1" t="inlineStr">
         <is>
-          <t>SHASHIKALA RAMTEKE</t>
+          <t>DARSHAN AMBATKAR</t>
         </is>
       </c>
       <c r="H66" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I66" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J66" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K66" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L66" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5937,433 +5937,433 @@
       <c r="N66" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O66" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P66" s="1"/>
       <c r="Q66" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R66" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>73713</t>
+          <t>73436</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>36</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
-          <t>2971</t>
+          <t>2653</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E67" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F67" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G67" s="1" t="inlineStr">
         <is>
-          <t>UMA RAJANNA RANGASHETTI </t>
+          <t>SHAMRAO RUSHI  RATNAPARKHI </t>
         </is>
       </c>
       <c r="H67" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I67" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J67" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K67" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L67" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M67" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N67" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="O67" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P67" s="1"/>
       <c r="Q67" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R67" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>73707</t>
+          <t>73434</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>36</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t>2967</t>
+          <t>2642</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E68" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F68" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G68" s="1" t="inlineStr">
         <is>
-          <t>MADHURI DIPAK TONGE </t>
+          <t>VISHWANATH PAIKAJI DERKAR </t>
         </is>
       </c>
       <c r="H68" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I68" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J68" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K68" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L68" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M68" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N68" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="O68" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P68" s="1"/>
       <c r="Q68" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R68" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>73702</t>
+          <t>73431</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>36</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t>2965</t>
+          <t>2641</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E69" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F69" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G69" s="1" t="inlineStr">
         <is>
-          <t>RAJANNA PULLAIAH RANGASHETTI </t>
+          <t>RAMESHWAR SONWANE     </t>
         </is>
       </c>
       <c r="H69" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I69" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J69" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K69" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L69" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M69" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N69" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="O69" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P69" s="1"/>
       <c r="Q69" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R69" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>73700</t>
+          <t>73424</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>34</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t>2960</t>
+          <t>2902</t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E70" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F70" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G70" s="1" t="inlineStr">
         <is>
-          <t>VINA SHRIKANT KATPATAL </t>
+          <t> Miss  AARUSHI NIMKARDE</t>
         </is>
       </c>
       <c r="H70" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I70" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J70" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K70" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L70" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M70" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N70" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O70" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P70" s="1"/>
       <c r="Q70" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R70" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>73693</t>
+          <t>73414</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t>2932</t>
+          <t>2894</t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E71" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F71" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G71" s="1" t="inlineStr">
         <is>
-          <t> VIDYA BAGESHWAR</t>
+          <t> RAKESH WANDHARE</t>
         </is>
       </c>
       <c r="H71" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I71" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J71" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K71" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L71" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -6377,81 +6377,81 @@
       <c r="N71" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O71" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P71" s="1"/>
       <c r="Q71" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R71" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>73682</t>
+          <t>73411</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t>2806</t>
+          <t>2892</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E72" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F72" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G72" s="1" t="inlineStr">
         <is>
-          <t> PRATHIBA</t>
+          <t> PANDURANG SADASHIV BUTALE</t>
         </is>
       </c>
       <c r="H72" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I72" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J72" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K72" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L72" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -6465,81 +6465,81 @@
       <c r="N72" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O72" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P72" s="1"/>
       <c r="Q72" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R72" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>73677</t>
+          <t>73407</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t>2913</t>
+          <t>2888</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E73" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F73" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G73" s="1" t="inlineStr">
         <is>
-          <t> KALYANI GANESH KULMETHE</t>
+          <t> NAGENDRA PADOLE</t>
         </is>
       </c>
       <c r="H73" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I73" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J73" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K73" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L73" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -6553,81 +6553,81 @@
       <c r="N73" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O73" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P73" s="1"/>
       <c r="Q73" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R73" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>73667</t>
+          <t>73392</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t>2908</t>
+          <t>2739</t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E74" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F74" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G74" s="1" t="inlineStr">
         <is>
-          <t> MADHURI SUNIL TAPALE</t>
+          <t>RAM JAIPRAKASH KUKREJA </t>
         </is>
       </c>
       <c r="H74" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I74" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J74" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K74" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L74" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -6641,81 +6641,81 @@
       <c r="N74" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O74" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P74" s="1"/>
       <c r="Q74" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R74" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>73665</t>
+          <t>73385</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t>2854</t>
+          <t>2735</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E75" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F75" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G75" s="1" t="inlineStr">
         <is>
-          <t>HARICHANDRA WANDHRE</t>
+          <t>GAJANAN MAROTI TAMGADGE </t>
         </is>
       </c>
       <c r="H75" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I75" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J75" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K75" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L75" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -6729,257 +6729,257 @@
       <c r="N75" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O75" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P75" s="1"/>
       <c r="Q75" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R75" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>73664</t>
+          <t>73382</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t>2879</t>
+          <t>2733</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E76" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F76" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G76" s="1" t="inlineStr">
         <is>
-          <t> ASHA SUNIL SABAL</t>
+          <t>RAYMALLU KUNNURI  </t>
         </is>
       </c>
       <c r="H76" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I76" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J76" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K76" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L76" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M76" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N76" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O76" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P76" s="1"/>
       <c r="Q76" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R76" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>73656</t>
+          <t>73362</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t>2843</t>
+          <t>2873</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E77" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F77" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G77" s="1" t="inlineStr">
         <is>
-          <t>SAJADA SHAFIQ KHAN </t>
+          <t> MANISHA UCHALDAS LONARE</t>
         </is>
       </c>
       <c r="H77" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I77" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J77" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K77" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L77" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M77" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N77" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O77" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P77" s="1"/>
       <c r="Q77" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R77" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>73633</t>
+          <t>73351</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
-          <t>2855</t>
+          <t>2798</t>
         </is>
       </c>
       <c r="D78" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E78" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F78" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G78" s="1" t="inlineStr">
         <is>
-          <t>INDU WANDHRE</t>
+          <t> SURESH PANDEY</t>
         </is>
       </c>
       <c r="H78" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I78" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J78" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K78" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L78" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -6993,169 +6993,169 @@
       <c r="N78" s="1" t="inlineStr">
         <is>
           <t>_</t>
         </is>
       </c>
       <c r="O78" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P78" s="1"/>
       <c r="Q78" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R78" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>73620</t>
+          <t>73347</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>36</t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t>2702</t>
+          <t>2619</t>
         </is>
       </c>
       <c r="D79" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E79" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F79" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G79" s="1" t="inlineStr">
         <is>
-          <t>AASTHA RAMESH WASEKAR   </t>
+          <t>SANDHYA SADANAND GHODESWAR </t>
         </is>
       </c>
       <c r="H79" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I79" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J79" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K79" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L79" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M79" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N79" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="O79" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P79" s="1"/>
       <c r="Q79" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R79" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>73613</t>
+          <t>73342</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
-          <t>2790</t>
+          <t>2794</t>
         </is>
       </c>
       <c r="D80" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E80" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F80" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G80" s="1" t="inlineStr">
         <is>
-          <t> SEEMA VINOD WALKE</t>
+          <t> KUSHAL HARAPCHAND DHOLE</t>
         </is>
       </c>
       <c r="H80" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I80" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J80" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K80" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L80" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -7169,609 +7169,609 @@
       <c r="N80" s="1" t="inlineStr">
         <is>
           <t>_</t>
         </is>
       </c>
       <c r="O80" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P80" s="1"/>
       <c r="Q80" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R80" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>73588</t>
+          <t>73324</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
-          <t>2786</t>
+          <t>2726</t>
         </is>
       </c>
       <c r="D81" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E81" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F81" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G81" s="1" t="inlineStr">
         <is>
-          <t> Mr  NARESH DAGOR</t>
+          <t>PRIYANKA BHIMRAO ALONE </t>
         </is>
       </c>
       <c r="H81" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I81" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J81" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K81" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L81" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M81" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N81" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O81" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P81" s="1"/>
       <c r="Q81" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R81" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>73573</t>
+          <t>73317</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>36</t>
         </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
-          <t>2779</t>
+          <t>2762</t>
         </is>
       </c>
       <c r="D82" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E82" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F82" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G82" s="1" t="inlineStr">
         <is>
-          <t> NISHIKA SURYAKANT TUMRAM</t>
+          <t>SHRIDEVI HASTE</t>
         </is>
       </c>
       <c r="H82" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I82" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J82" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K82" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L82" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M82" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N82" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>--</t>
         </is>
       </c>
       <c r="O82" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P82" s="1"/>
       <c r="Q82" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R82" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>73556</t>
+          <t>73316</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
-          <t>2620</t>
+          <t>2724</t>
         </is>
       </c>
       <c r="D83" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E83" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F83" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G83" s="1" t="inlineStr">
         <is>
-          <t>SUMIT BHARAT RINGANE </t>
+          <t>GANESH MAHADEO BUTALE </t>
         </is>
       </c>
       <c r="H83" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I83" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J83" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K83" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L83" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M83" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>97</t>
         </is>
       </c>
       <c r="N83" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O83" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P83" s="1"/>
       <c r="Q83" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R83" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>73547</t>
+          <t>73300</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
-          <t>2581</t>
+          <t>2721</t>
         </is>
       </c>
       <c r="D84" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E84" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F84" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G84" s="1" t="inlineStr">
         <is>
-          <t>SHARDA KANNUR</t>
+          <t>RAVINDRA ASHOK CHINTALWAR   </t>
         </is>
       </c>
       <c r="H84" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I84" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J84" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K84" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L84" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M84" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N84" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O84" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P84" s="1"/>
       <c r="Q84" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R84" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>73542</t>
+          <t>73297</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
-          <t>2564</t>
+          <t>2720</t>
         </is>
       </c>
       <c r="D85" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E85" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F85" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G85" s="1" t="inlineStr">
         <is>
-          <t>FIROJ GAFAR KHAN </t>
+          <t>ARTI RAVINDRA CHINTALWAR   </t>
         </is>
       </c>
       <c r="H85" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I85" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J85" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K85" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L85" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M85" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N85" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O85" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P85" s="1"/>
       <c r="Q85" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R85" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>73540</t>
+          <t>73247</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t>2562</t>
+          <t>2711</t>
         </is>
       </c>
       <c r="D86" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E86" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F86" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G86" s="1" t="inlineStr">
         <is>
-          <t>POOJA KAWADU UMARE </t>
+          <t>SHRIKANT AAUNDKAR </t>
         </is>
       </c>
       <c r="H86" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I86" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J86" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K86" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L86" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M86" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N86" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O86" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P86" s="1"/>
       <c r="Q86" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R86" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>73528</t>
+          <t>73243</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
-          <t>2550</t>
+          <t>2620</t>
         </is>
       </c>
       <c r="D87" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E87" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F87" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G87" s="1" t="inlineStr">
         <is>
-          <t>RAMESH BABULAL JANGALWAR </t>
+          <t>SUMIT BHARAT RINGANE </t>
         </is>
       </c>
       <c r="H87" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I87" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J87" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K87" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L87" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -7785,169 +7785,169 @@
       <c r="N87" s="1" t="inlineStr">
         <is>
           <t>_</t>
         </is>
       </c>
       <c r="O87" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P87" s="1"/>
       <c r="Q87" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R87" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>73527</t>
+          <t>73242</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t>2548</t>
+          <t>2680</t>
         </is>
       </c>
       <c r="D88" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E88" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F88" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G88" s="1" t="inlineStr">
         <is>
-          <t>SUSHILA ARUN JAGATAP </t>
+          <t>SWATI AKASH FULZELE   </t>
         </is>
       </c>
       <c r="H88" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I88" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J88" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K88" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L88" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M88" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N88" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O88" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P88" s="1"/>
       <c r="Q88" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R88" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>73508</t>
+          <t>73238</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
-          <t>3009</t>
+          <t>2677</t>
         </is>
       </c>
       <c r="D89" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E89" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F89" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G89" s="1" t="inlineStr">
         <is>
-          <t>DIPAK KAILASH WAKADE </t>
+          <t>ABHAY GAJANAN MESHRAM   </t>
         </is>
       </c>
       <c r="H89" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I89" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J89" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K89" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L89" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -7961,345 +7961,345 @@
       <c r="N89" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O89" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P89" s="1"/>
       <c r="Q89" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R89" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>73505</t>
+          <t>73236</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t>2949</t>
+          <t>2598</t>
         </is>
       </c>
       <c r="D90" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E90" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F90" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G90" s="1" t="inlineStr">
         <is>
-          <t>UTTAM BHIMRAO NAGARGOJE </t>
+          <t>VIJAY TUKARAM TODSAM </t>
         </is>
       </c>
       <c r="H90" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I90" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J90" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K90" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L90" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M90" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N90" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O90" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P90" s="1"/>
       <c r="Q90" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R90" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>73503</t>
+          <t>73235</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
-          <t>2947</t>
+          <t>2596</t>
         </is>
       </c>
       <c r="D91" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E91" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F91" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G91" s="1" t="inlineStr">
         <is>
-          <t>SURESH MAYSAYYA BODANKI </t>
+          <t>PRATEEK RAJ  </t>
         </is>
       </c>
       <c r="H91" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I91" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J91" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K91" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L91" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M91" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N91" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O91" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P91" s="1"/>
       <c r="Q91" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R91" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>73501</t>
+          <t>73230</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t>2944</t>
+          <t>2594</t>
         </is>
       </c>
       <c r="D92" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E92" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F92" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G92" s="1" t="inlineStr">
         <is>
-          <t>MANISHA UCHALDAS LONARE </t>
+          <t>GAJENDRA JANBAHADUR SINGH </t>
         </is>
       </c>
       <c r="H92" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I92" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J92" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K92" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L92" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M92" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N92" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O92" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P92" s="1"/>
       <c r="Q92" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R92" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>73500</t>
+          <t>73228</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t>2943</t>
+          <t>2913</t>
         </is>
       </c>
       <c r="D93" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E93" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G93" s="1" t="inlineStr">
         <is>
-          <t>BHASKAR MANOHAR WADASKAR </t>
+          <t> KALYANI GANESH KULMETHE</t>
         </is>
       </c>
       <c r="H93" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I93" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J93" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K93" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L93" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -8313,81 +8313,81 @@
       <c r="N93" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O93" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P93" s="1"/>
       <c r="Q93" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R93" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>73499</t>
+          <t>73213</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t>2942</t>
+          <t>2854</t>
         </is>
       </c>
       <c r="D94" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E94" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F94" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G94" s="1" t="inlineStr">
         <is>
-          <t>SARITA PRAKASH KIRNAPURE </t>
+          <t>HARICHANDRA WANDHRE</t>
         </is>
       </c>
       <c r="H94" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I94" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J94" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K94" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L94" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -8401,81 +8401,81 @@
       <c r="N94" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O94" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P94" s="1"/>
       <c r="Q94" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R94" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>73494</t>
+          <t>73212</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t>3029</t>
+          <t>2854</t>
         </is>
       </c>
       <c r="D95" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E95" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F95" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G95" s="1" t="inlineStr">
         <is>
-          <t>ABDUL SAHIL NAFIS SHEIKH </t>
+          <t>HARICHANDRA WANDHRE</t>
         </is>
       </c>
       <c r="H95" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I95" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J95" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K95" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L95" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -8489,81 +8489,81 @@
       <c r="N95" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O95" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P95" s="1"/>
       <c r="Q95" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R95" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>73486</t>
+          <t>73191</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t>3023</t>
+          <t>2672</t>
         </is>
       </c>
       <c r="D96" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E96" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F96" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G96" s="1" t="inlineStr">
         <is>
-          <t>GAJANAN DHONGE</t>
+          <t>PRABHAKAR ATRAM</t>
         </is>
       </c>
       <c r="H96" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I96" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J96" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K96" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L96" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -8577,81 +8577,81 @@
       <c r="N96" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O96" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P96" s="1"/>
       <c r="Q96" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R96" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>73479</t>
+          <t>73176</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t>3018</t>
+          <t>2668</t>
         </is>
       </c>
       <c r="D97" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E97" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F97" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G97" s="1" t="inlineStr">
         <is>
-          <t>SURAJ S SIDAM</t>
+          <t>VIKRAMSINGH GAUR</t>
         </is>
       </c>
       <c r="H97" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I97" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J97" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K97" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L97" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -8665,81 +8665,81 @@
       <c r="N97" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O97" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P97" s="1"/>
       <c r="Q97" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R97" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>73471</t>
+          <t>73172</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t>2954</t>
+          <t>2631</t>
         </is>
       </c>
       <c r="D98" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E98" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F98" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G98" s="1" t="inlineStr">
         <is>
-          <t>GUNVANT MAROTI BHOYAR </t>
+          <t>SUVARNA PRAKASH ZADE </t>
         </is>
       </c>
       <c r="H98" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I98" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J98" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K98" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L98" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -8753,81 +8753,81 @@
       <c r="N98" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O98" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P98" s="1"/>
       <c r="Q98" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R98" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>73465</t>
+          <t>73170</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
-          <t>2975</t>
+          <t>2628</t>
         </is>
       </c>
       <c r="D99" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E99" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F99" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G99" s="1" t="inlineStr">
         <is>
-          <t>DARSHAN AMBATKAR</t>
+          <t>MOHAMMAD JAVED RAUF SHEIKH </t>
         </is>
       </c>
       <c r="H99" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I99" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J99" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K99" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L99" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -8841,204 +8841,204 @@
       <c r="N99" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O99" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P99" s="1"/>
       <c r="Q99" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R99" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>73436</t>
+          <t>73167</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
-          <t>2653</t>
+          <t>2627</t>
         </is>
       </c>
       <c r="D100" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E100" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F100" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G100" s="1" t="inlineStr">
         <is>
-          <t>SHAMRAO RUSHI  RATNAPARKHI </t>
+          <t>AIMAN SHEIKH MOHD JAVED SHEIKH </t>
         </is>
       </c>
       <c r="H100" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I100" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J100" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K100" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L100" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M100" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N100" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O100" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P100" s="1"/>
       <c r="Q100" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R100" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>73434</t>
+          <t>73166</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
-          <t>2642</t>
+          <t>2626</t>
         </is>
       </c>
       <c r="D101" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E101" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F101" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G101" s="1" t="inlineStr">
         <is>
-          <t>VISHWANATH PAIKAJI DERKAR </t>
+          <t>SALEHATABASSUM ABDUL RAUF SHEIKH </t>
         </is>
       </c>
       <c r="H101" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I101" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J101" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K101" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L101" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M101" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N101" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O101" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P101" s="1"/>
       <c r="Q101" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R101" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>