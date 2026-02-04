--- v0 (2025-12-19)
+++ v1 (2026-02-04)
@@ -217,697 +217,697 @@
       </c>
       <c r="O1" s="1" t="inlineStr">
         <is>
           <t>status</t>
         </is>
       </c>
       <c r="P1" s="1" t="inlineStr">
         <is>
           <t>CallerRemark</t>
         </is>
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>CriticalAlert</t>
         </is>
       </c>
       <c r="R1" s="1" t="inlineStr">
         <is>
           <t>CallerID</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>33879</t>
+          <t>31366</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>1699</t>
+          <t>1476</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-05</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
-          <t>BALKUMAR KHANIYA BHUKYA </t>
+          <t>KANAN NISHANT WANKAR</t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I2" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J2" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K2" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L2" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M2" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N2" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O2" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P2" s="1"/>
       <c r="Q2" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R2" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>33825</t>
+          <t>31365</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>1342</t>
+          <t>1000</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-05</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>Swapnil Butale</t>
+          <t>NATTHUJI THENGANE</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J3" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M3" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N3" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O3" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P3" s="1"/>
       <c r="Q3" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R3" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>33790</t>
+          <t>31361</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>33</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>1851</t>
+          <t>744</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-05</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>SANJAY DUDHE</t>
+          <t>BHAWANA UMARGUNDAWAR</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L4" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M4" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N4" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O4" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P4" s="1"/>
       <c r="Q4" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R4" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>33782</t>
+          <t>31359</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>36</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>1377</t>
+          <t>1475</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-05</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>Maroti Devgade</t>
+          <t>TARA VIJAY SONTAKKE</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J5" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K5" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L5" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M5" s="1" t="inlineStr">
         <is>
-          <t>_ </t>
+          <t>---</t>
         </is>
       </c>
       <c r="N5" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O5" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P5" s="1"/>
       <c r="Q5" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R5" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>33780</t>
+          <t>31356</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>1853</t>
+          <t>1474</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-05</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>PANDHARI BAGADE</t>
+          <t>DHIRAJ VIJAY SONTAKKE</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I6" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J6" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K6" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L6" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M6" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N6" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O6" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P6" s="1"/>
       <c r="Q6" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R6" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>33765</t>
+          <t>31351</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>36</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>1624</t>
+          <t>1473</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-05</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>PRAGATI SHAMSUNDAR BHOYAR </t>
+          <t>SACHIN  PREMCHAND BHIVGADE</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J7" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K7" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L7" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M7" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N7" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O7" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P7" s="1"/>
       <c r="Q7" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R7" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>33723</t>
+          <t>31344</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>33</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>1220</t>
+          <t>732</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-05</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
-          <t>HIMANSHU PRADIP ZADE</t>
+          <t>ANURADHA SHYAMSUNDAR ZILPE</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I8" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J8" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K8" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L8" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M8" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N8" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O8" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P8" s="1"/>
       <c r="Q8" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R8" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>33716</t>
+          <t>31310</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>1441</t>
+          <t>729</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-05</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
         <is>
-          <t>DEORAO KHATARE TUMRETI</t>
+          <t>PANKAJ VINOD BHOYAR</t>
         </is>
       </c>
       <c r="H9" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I9" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J9" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L9" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -921,169 +921,169 @@
       <c r="N9" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O9" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P9" s="1"/>
       <c r="Q9" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R9" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>33715</t>
+          <t>31256</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>1441</t>
+          <t>1116</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-05</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
-          <t>DEORAO KHATARE TUMRETI</t>
+          <t>SHRESHTH SINGH LATWAL</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I10" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J10" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L10" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M10" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N10" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="O10" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P10" s="1"/>
       <c r="Q10" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R10" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>33616</t>
+          <t>31253</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>1421</t>
+          <t>715</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-05</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
-          <t>NEHA GOVINDA GORGHATE</t>
+          <t>SAMEERODIN SALIMUDDIN SAYED</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J11" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L11" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1097,81 +1097,81 @@
       <c r="N11" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O11" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P11" s="1"/>
       <c r="Q11" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R11" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>33615</t>
+          <t>31248</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>1421</t>
+          <t>713</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-05</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
-          <t>NEHA GOVINDA GORGHATE</t>
+          <t>UDAY RADHESHYAM RAGAPURE</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I12" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J12" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L12" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1185,169 +1185,169 @@
       <c r="N12" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O12" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P12" s="1"/>
       <c r="Q12" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R12" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>33587</t>
+          <t>31241</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>1907</t>
+          <t>1110</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-05</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
         <is>
-          <t>RAJENDRA MAROTI KHANKKE </t>
+          <t>SAVITA ANIL ANDRASKAR</t>
         </is>
       </c>
       <c r="H13" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I13" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J13" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K13" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L13" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M13" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N13" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>--</t>
         </is>
       </c>
       <c r="O13" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P13" s="1"/>
       <c r="Q13" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R13" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>33580</t>
+          <t>31221</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>1412</t>
+          <t>707</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-05</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
-          <t>SUSHMA NILKANTH KUTARMARE</t>
+          <t>PRATIBHA PRAMOD WANKAR</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L14" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1361,345 +1361,345 @@
       <c r="N14" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O14" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P14" s="1"/>
       <c r="Q14" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R14" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>33579</t>
+          <t>31183</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>1412</t>
+          <t>1102</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-05</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
-          <t>SUSHMA NILKANTH KUTARMARE</t>
+          <t>ANUP HARI YENGALE</t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I15" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J15" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K15" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L15" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M15" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N15" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="O15" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P15" s="1"/>
       <c r="Q15" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R15" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>33569</t>
+          <t>31176</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>1235</t>
+          <t>1099</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-05</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
         <is>
-          <t>SHRUSHTI GULAB BHOYAR</t>
+          <t>RAHUL BABA MOON</t>
         </is>
       </c>
       <c r="H16" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I16" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J16" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K16" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L16" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M16" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N16" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="O16" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P16" s="1"/>
       <c r="Q16" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R16" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>33568</t>
+          <t>31150</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>1235</t>
+          <t>1029</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-05</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G17" s="1" t="inlineStr">
         <is>
-          <t>SHRUSHTI GULAB BHOYAR</t>
+          <t>KISHOR  YADAV MESHRAM</t>
         </is>
       </c>
       <c r="H17" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I17" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J17" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K17" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L17" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M17" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N17" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="O17" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P17" s="1"/>
       <c r="Q17" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R17" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>33563</t>
+          <t>30994</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>1233</t>
+          <t>1773</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
-          <t>KIRAN GULAB BHOYAR</t>
+          <t>PANCHAFULA HASTE</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I18" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J18" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K18" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L18" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1713,81 +1713,81 @@
       <c r="N18" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O18" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P18" s="1"/>
       <c r="Q18" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R18" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>33562</t>
+          <t>30990</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>1233</t>
+          <t>1771</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
         <is>
-          <t>KIRAN GULAB BHOYAR</t>
+          <t>KETAN SONKAR</t>
         </is>
       </c>
       <c r="H19" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I19" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J19" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K19" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L19" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1801,169 +1801,169 @@
       <c r="N19" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O19" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P19" s="1"/>
       <c r="Q19" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R19" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>33546</t>
+          <t>30934</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>1173</t>
+          <t>1508</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
-          <t>KALPANA ANIL CHANDORE</t>
+          <t>PINKI MUKESHKUMAR SHAHA</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I20" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J20" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K20" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L20" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M20" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_ </t>
         </is>
       </c>
       <c r="N20" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O20" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P20" s="1"/>
       <c r="Q20" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R20" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>33538</t>
+          <t>30926</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>1169</t>
+          <t>1760</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
         <is>
-          <t>JUDE ARIK SWAMI ANTHONY</t>
+          <t>DAKSH SUNIL BISWAS </t>
         </is>
       </c>
       <c r="H21" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I21" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J21" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K21" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L21" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1977,257 +1977,257 @@
       <c r="N21" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O21" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P21" s="1"/>
       <c r="Q21" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R21" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>33537</t>
+          <t>30885</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>1169</t>
+          <t>1737</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G22" s="1" t="inlineStr">
         <is>
-          <t>JUDE ARIK SWAMI ANTHONY</t>
+          <t>SWAPNIL VILAS KALE </t>
         </is>
       </c>
       <c r="H22" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I22" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J22" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K22" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L22" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M22" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_ </t>
         </is>
       </c>
       <c r="N22" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O22" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P22" s="1"/>
       <c r="Q22" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R22" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>33523</t>
+          <t>30809</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>1153</t>
+          <t>1572</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G23" s="1" t="inlineStr">
         <is>
-          <t>SACHIN  RAMANAND DEVGIRKAR</t>
+          <t>MAROTI  SOBHA GORGHATE </t>
         </is>
       </c>
       <c r="H23" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I23" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J23" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K23" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L23" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M23" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N23" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="O23" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P23" s="1"/>
       <c r="Q23" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R23" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>33522</t>
+          <t>30794</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>1153</t>
+          <t>1665</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G24" s="1" t="inlineStr">
         <is>
-          <t>SACHIN  RAMANAND DEVGIRKAR</t>
+          <t>YASHWANT WAMAN LABHANE </t>
         </is>
       </c>
       <c r="H24" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I24" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J24" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K24" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L24" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2241,257 +2241,257 @@
       <c r="N24" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O24" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P24" s="1"/>
       <c r="Q24" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R24" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>33517</t>
+          <t>30793</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>33</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>1692</t>
+          <t>1665</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G25" s="1" t="inlineStr">
         <is>
-          <t>MANOJKUMAR RAJENDRAPRASAD BENBANSI </t>
+          <t>YASHWANT WAMAN LABHANE </t>
         </is>
       </c>
       <c r="H25" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I25" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J25" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K25" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L25" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M25" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N25" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O25" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P25" s="1"/>
       <c r="Q25" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R25" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>33476</t>
+          <t>30792</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>33</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>1469</t>
+          <t>1665</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G26" s="1" t="inlineStr">
         <is>
-          <t>PRASHANT SHAM PUJJALWAR</t>
+          <t>YASHWANT WAMAN LABHANE </t>
         </is>
       </c>
       <c r="H26" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I26" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J26" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K26" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L26" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M26" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N26" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O26" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P26" s="1"/>
       <c r="Q26" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R26" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>33442</t>
+          <t>30773</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>1056</t>
+          <t>1661</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G27" s="1" t="inlineStr">
         <is>
-          <t>BHARTI KRUSHNADAS MATHANKAR</t>
+          <t>PRATIBHA DHANLAL JANBANDHU </t>
         </is>
       </c>
       <c r="H27" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I27" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J27" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K27" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L27" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2505,81 +2505,81 @@
       <c r="N27" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O27" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P27" s="1"/>
       <c r="Q27" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R27" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>33441</t>
+          <t>30772</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>1056</t>
+          <t>1661</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G28" s="1" t="inlineStr">
         <is>
-          <t>BHARTI KRUSHNADAS MATHANKAR</t>
+          <t>PRATIBHA DHANLAL JANBANDHU </t>
         </is>
       </c>
       <c r="H28" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I28" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J28" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K28" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L28" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2593,873 +2593,873 @@
       <c r="N28" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O28" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P28" s="1"/>
       <c r="Q28" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R28" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>33375</t>
+          <t>30716</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>33</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>1915</t>
+          <t>1647</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G29" s="1" t="inlineStr">
         <is>
-          <t>DILBHA BHASKAR KUNDAWAR </t>
+          <t>KOMAL DINKAR POHANE </t>
         </is>
       </c>
       <c r="H29" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I29" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J29" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K29" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L29" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M29" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N29" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O29" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P29" s="1"/>
       <c r="Q29" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R29" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>33371</t>
+          <t>30715</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>1916</t>
+          <t>1801</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G30" s="1" t="inlineStr">
         <is>
-          <t>MAYA BHASKAR KUNDAWAR </t>
+          <t>ARVIND KUMARE</t>
         </is>
       </c>
       <c r="H30" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I30" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J30" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K30" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L30" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M30" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N30" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O30" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P30" s="1"/>
       <c r="Q30" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R30" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>33361</t>
+          <t>30685</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>33</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>1931</t>
+          <t>1627</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G31" s="1" t="inlineStr">
         <is>
-          <t>RAHUL DHOGADE</t>
+          <t>VANDANA DEVIDAS KAMBLE </t>
         </is>
       </c>
       <c r="H31" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I31" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J31" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K31" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L31" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M31" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N31" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O31" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P31" s="1"/>
       <c r="Q31" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R31" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>33342</t>
+          <t>30654</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>1919</t>
+          <t>1796</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G32" s="1" t="inlineStr">
         <is>
-          <t>KHUSHIYA SUNDAR THAKARE </t>
+          <t>BANDU JILALA</t>
         </is>
       </c>
       <c r="H32" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I32" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J32" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K32" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L32" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M32" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N32" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O32" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P32" s="1"/>
       <c r="Q32" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R32" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>33296</t>
+          <t>30582</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>36</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>1944</t>
+          <t>1787</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G33" s="1" t="inlineStr">
         <is>
-          <t>ISHAWR KODAPE</t>
+          <t>KALPANA JADHAV</t>
         </is>
       </c>
       <c r="H33" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="I33" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="J33" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="K33" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="L33" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M33" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N33" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O33" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P33" s="1"/>
       <c r="Q33" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R33" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>33292</t>
+          <t>30465</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>36</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>1942</t>
+          <t>1774</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G34" s="1" t="inlineStr">
         <is>
-          <t>JANARDHAN GADAGE</t>
+          <t>JYOTI JANRAM</t>
         </is>
       </c>
       <c r="H34" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="I34" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="J34" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="K34" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="L34" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M34" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N34" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O34" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P34" s="1"/>
       <c r="Q34" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R34" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>33280</t>
+          <t>30405</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>36</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>1938</t>
+          <t>1705</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G35" s="1" t="inlineStr">
         <is>
-          <t>VIKASH MAULIKAR</t>
+          <t>YOGITA SHITAL KHANKE </t>
         </is>
       </c>
       <c r="H35" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="I35" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="J35" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="K35" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="L35" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M35" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N35" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O35" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P35" s="1"/>
       <c r="Q35" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R35" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>33199</t>
+          <t>30400</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>36</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>1732</t>
+          <t>1704</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G36" s="1" t="inlineStr">
         <is>
-          <t>PRIYANKA JOGESHWAR MASRAM </t>
+          <t>MEGHA JAGDISH KHANKE </t>
         </is>
       </c>
       <c r="H36" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I36" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J36" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K36" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L36" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M36" s="1" t="inlineStr">
         <is>
-          <t>_ </t>
+          <t>---</t>
         </is>
       </c>
       <c r="N36" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O36" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P36" s="1"/>
       <c r="Q36" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R36" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>33158</t>
+          <t>30390</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>36</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>1856</t>
+          <t>1702</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G37" s="1" t="inlineStr">
         <is>
-          <t>SUVRNA DHOTE</t>
+          <t>KAMAL VASUDEO KHANKE </t>
         </is>
       </c>
       <c r="H37" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I37" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J37" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K37" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L37" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M37" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N37" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O37" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P37" s="1"/>
       <c r="Q37" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R37" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>33152</t>
+          <t>30380</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>33</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>1772</t>
+          <t>1173</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G38" s="1" t="inlineStr">
         <is>
-          <t>SANJAN SONKAR</t>
+          <t>KALPANA ANIL CHANDORE</t>
         </is>
       </c>
       <c r="H38" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I38" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J38" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K38" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L38" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -3473,521 +3473,521 @@
       <c r="N38" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O38" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P38" s="1"/>
       <c r="Q38" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R38" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>33150</t>
+          <t>30369</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>1771</t>
+          <t>1740</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G39" s="1" t="inlineStr">
         <is>
-          <t>KETAN SONKAR</t>
+          <t>SHOBHA RAMCHANDRA LAKDE </t>
         </is>
       </c>
       <c r="H39" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I39" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J39" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K39" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L39" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M39" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_ </t>
         </is>
       </c>
       <c r="N39" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_ </t>
         </is>
       </c>
       <c r="O39" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P39" s="1"/>
       <c r="Q39" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R39" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>33071</t>
+          <t>30220</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>36</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>1762</t>
+          <t>1684</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G40" s="1" t="inlineStr">
         <is>
-          <t>NAJEEZ KHAN HUSHAN KHAN PATHAN </t>
+          <t>LALMUNNI BHUNESHVAR VARMA </t>
         </is>
       </c>
       <c r="H40" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I40" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J40" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K40" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L40" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M40" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N40" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O40" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P40" s="1"/>
       <c r="Q40" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R40" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>33070</t>
+          <t>30192</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>1762</t>
+          <t>694</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G41" s="1" t="inlineStr">
         <is>
-          <t>NAJEEZ KHAN HUSHAN KHAN PATHAN </t>
+          <t>PRASHANT SANJAY KAYARKAR</t>
         </is>
       </c>
       <c r="H41" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I41" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J41" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K41" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L41" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M41" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N41" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O41" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P41" s="1"/>
       <c r="Q41" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R41" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>33068</t>
+          <t>30182</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>1717</t>
+          <t>1486</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G42" s="1" t="inlineStr">
         <is>
-          <t>VANDANA DATTU PATALWAR </t>
+          <t>SAVITA LAXMAN VARMA</t>
         </is>
       </c>
       <c r="H42" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I42" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J42" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K42" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L42" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M42" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N42" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O42" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P42" s="1"/>
       <c r="Q42" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R42" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>33066</t>
+          <t>30117</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>36</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>1761</t>
+          <t>1481</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G43" s="1" t="inlineStr">
         <is>
-          <t>REHANA NAJIR PATHAN </t>
+          <t>ASHOK RANGI MAHATO</t>
         </is>
       </c>
       <c r="H43" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I43" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J43" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K43" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L43" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M43" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N43" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O43" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P43" s="1"/>
       <c r="Q43" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R43" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>33038</t>
+          <t>30105</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>33</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>1787</t>
+          <t>704</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G44" s="1" t="inlineStr">
         <is>
-          <t>KALPANA JADHAV</t>
+          <t>ADHIRA SURAJ WAGHMARE</t>
         </is>
       </c>
       <c r="H44" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I44" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J44" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K44" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L44" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4001,257 +4001,257 @@
       <c r="N44" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O44" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P44" s="1"/>
       <c r="Q44" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R44" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>33035</t>
+          <t>30090</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>1786</t>
+          <t>1474</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G45" s="1" t="inlineStr">
         <is>
-          <t>VAISHALI SONTAKE</t>
+          <t>DHIRAJ VIJAY SONTAKKE</t>
         </is>
       </c>
       <c r="H45" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I45" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J45" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K45" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L45" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M45" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N45" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O45" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P45" s="1"/>
       <c r="Q45" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R45" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>33028</t>
+          <t>30078</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>1795</t>
+          <t>1470</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E46" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G46" s="1" t="inlineStr">
         <is>
-          <t>CHAYA MESHRAM</t>
+          <t>AALIYA THANIYA BODA</t>
         </is>
       </c>
       <c r="H46" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I46" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J46" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K46" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L46" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M46" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N46" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O46" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P46" s="1"/>
       <c r="Q46" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R46" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>33008</t>
+          <t>29933</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>1747</t>
+          <t>1748</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G47" s="1" t="inlineStr">
         <is>
-          <t>ASHA YASHWANT LABHANE </t>
+          <t>DEVIDAS FAKIRAJI WAVLE </t>
         </is>
       </c>
       <c r="H47" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I47" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J47" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K47" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L47" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4265,345 +4265,345 @@
       <c r="N47" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O47" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P47" s="1"/>
       <c r="Q47" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R47" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>33007</t>
+          <t>29924</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>36</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>1747</t>
+          <t>1787</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G48" s="1" t="inlineStr">
         <is>
-          <t>ASHA YASHWANT LABHANE </t>
+          <t>KALPANA JADHAV</t>
         </is>
       </c>
       <c r="H48" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I48" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J48" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K48" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L48" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M48" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N48" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O48" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P48" s="1"/>
       <c r="Q48" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R48" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>33001</t>
+          <t>29919</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>33</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>1797</t>
+          <t>1744</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G49" s="1" t="inlineStr">
         <is>
-          <t>SHAKUNTALA KOVE</t>
+          <t>SNEHAL KHOBRAGADE KHOBRAGADE </t>
         </is>
       </c>
       <c r="H49" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I49" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J49" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K49" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L49" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M49" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N49" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O49" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P49" s="1"/>
       <c r="Q49" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R49" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>32979</t>
+          <t>29891</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>1808</t>
+          <t>1772</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G50" s="1" t="inlineStr">
         <is>
-          <t>AKASH PRITAM MUDHAI </t>
+          <t>SANJAN SONKAR</t>
         </is>
       </c>
       <c r="H50" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I50" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J50" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K50" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L50" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M50" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N50" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O50" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P50" s="1"/>
       <c r="Q50" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R50" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>32943</t>
+          <t>29890</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>1665</t>
+          <t>1771</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G51" s="1" t="inlineStr">
         <is>
-          <t>YASHWANT WAMAN LABHANE </t>
+          <t>KETAN SONKAR</t>
         </is>
       </c>
       <c r="H51" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I51" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J51" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K51" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L51" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4617,81 +4617,81 @@
       <c r="N51" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O51" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P51" s="1"/>
       <c r="Q51" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R51" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>32942</t>
+          <t>29889</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t>1665</t>
+          <t>1673</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G52" s="1" t="inlineStr">
         <is>
-          <t>YASHWANT WAMAN LABHANE </t>
+          <t>AYUSH YOGESH BHARNE </t>
         </is>
       </c>
       <c r="H52" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I52" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J52" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K52" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L52" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4705,81 +4705,81 @@
       <c r="N52" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O52" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P52" s="1"/>
       <c r="Q52" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R52" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>32937</t>
+          <t>29874</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t>1663</t>
+          <t>995</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E53" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G53" s="1" t="inlineStr">
         <is>
-          <t>SANDEEP ROBERT BELGIR </t>
+          <t>RUPESH MOON</t>
         </is>
       </c>
       <c r="H53" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I53" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J53" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K53" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L53" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4793,609 +4793,609 @@
       <c r="N53" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O53" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P53" s="1"/>
       <c r="Q53" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R53" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>32936</t>
+          <t>29861</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>36</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t>1663</t>
+          <t>1779</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E54" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G54" s="1" t="inlineStr">
         <is>
-          <t>SANDEEP ROBERT BELGIR </t>
+          <t>MANKARNA KHADKE</t>
         </is>
       </c>
       <c r="H54" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I54" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J54" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K54" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L54" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M54" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N54" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O54" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P54" s="1"/>
       <c r="Q54" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R54" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>32928</t>
+          <t>29797</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>36</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t>1659</t>
+          <t>1716</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E55" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G55" s="1" t="inlineStr">
         <is>
-          <t>MAYUR YASHWANT LABHANE </t>
+          <t>VIJAY VITHOBA ITANKAR </t>
         </is>
       </c>
       <c r="H55" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I55" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J55" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K55" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L55" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M55" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N55" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O55" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P55" s="1"/>
       <c r="Q55" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R55" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>32887</t>
+          <t>29750</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>36</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t>1643</t>
+          <t>1710</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E56" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G56" s="1" t="inlineStr">
         <is>
-          <t>PALLAVI RAHUL BANGALE </t>
+          <t>PRAVIN WAMAN UIKE </t>
         </is>
       </c>
       <c r="H56" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I56" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J56" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K56" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L56" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M56" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N56" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O56" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P56" s="1"/>
       <c r="Q56" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R56" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>32886</t>
+          <t>29736</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>36</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t>1643</t>
+          <t>1707</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E57" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G57" s="1" t="inlineStr">
         <is>
-          <t>PALLAVI RAHUL BANGALE </t>
+          <t>KHUSHI SHITAL KHANKE </t>
         </is>
       </c>
       <c r="H57" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I57" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J57" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K57" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L57" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M57" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N57" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O57" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P57" s="1"/>
       <c r="Q57" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R57" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>32882</t>
+          <t>29733</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>36</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
-          <t>1543</t>
+          <t>1706</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E58" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G58" s="1" t="inlineStr">
         <is>
-          <t>NANDKISHOR  PRAKASH DHAPODKAR</t>
+          <t>SHWETA SHITAL KHANKE </t>
         </is>
       </c>
       <c r="H58" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I58" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J58" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K58" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L58" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M58" s="1" t="inlineStr">
         <is>
-          <t>_ </t>
+          <t>---</t>
         </is>
       </c>
       <c r="N58" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O58" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P58" s="1"/>
       <c r="Q58" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R58" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>32880</t>
+          <t>29731</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
-          <t>1820</t>
+          <t>1705</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E59" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F59" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G59" s="1" t="inlineStr">
         <is>
-          <t>RAJBABU VISHWANTH BHARTI </t>
+          <t>YOGITA SHITAL KHANKE </t>
         </is>
       </c>
       <c r="H59" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I59" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J59" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K59" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L59" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M59" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N59" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O59" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P59" s="1"/>
       <c r="Q59" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R59" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>32846</t>
+          <t>29723</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
-          <t>1814</t>
+          <t>1737</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E60" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G60" s="1" t="inlineStr">
         <is>
-          <t>LARGEN JOSEP RAIBOLLE </t>
+          <t>SWAPNIL VILAS KALE </t>
         </is>
       </c>
       <c r="H60" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I60" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J60" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K60" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L60" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5409,521 +5409,521 @@
       <c r="N60" s="1" t="inlineStr">
         <is>
           <t>_</t>
         </is>
       </c>
       <c r="O60" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P60" s="1"/>
       <c r="Q60" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R60" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>32818</t>
+          <t>29721</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t>1694</t>
+          <t>1703</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E61" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G61" s="1" t="inlineStr">
         <is>
-          <t>MANISHA SUNDAR THAKARE </t>
+          <t>JAGDISH VASUDEO KHANKE </t>
         </is>
       </c>
       <c r="H61" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I61" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J61" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K61" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L61" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M61" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N61" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O61" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P61" s="1"/>
       <c r="Q61" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R61" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>32814</t>
+          <t>29644</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t>1439</t>
+          <t>1396</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E62" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F62" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G62" s="1" t="inlineStr">
         <is>
-          <t>KALPANA  RAMDAS THAKARE</t>
+          <t>HARABIT SINGH  SARBANSINGH DALVAID</t>
         </is>
       </c>
       <c r="H62" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I62" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J62" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K62" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L62" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M62" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N62" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O62" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P62" s="1"/>
       <c r="Q62" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R62" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>32813</t>
+          <t>29566</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>36</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
-          <t>1439</t>
+          <t>1489</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E63" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G63" s="1" t="inlineStr">
         <is>
-          <t>KALPANA  RAMDAS THAKARE</t>
+          <t>GAGAN DAULATARAM LALWANI</t>
         </is>
       </c>
       <c r="H63" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I63" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J63" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K63" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L63" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M63" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N63" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O63" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P63" s="1"/>
       <c r="Q63" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R63" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>32810</t>
+          <t>29550</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
-          <t>1438</t>
+          <t>1337</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E64" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G64" s="1" t="inlineStr">
         <is>
-          <t>PRATIK  RAMDAS THAKARE</t>
+          <t>SAURAV  NAMDEO BHOYAR</t>
         </is>
       </c>
       <c r="H64" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I64" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J64" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K64" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L64" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M64" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N64" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="O64" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P64" s="1"/>
       <c r="Q64" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R64" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>32807</t>
+          <t>29517</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
-          <t>1813</t>
+          <t>1484</t>
         </is>
       </c>
       <c r="D65" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E65" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F65" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G65" s="1" t="inlineStr">
         <is>
-          <t>BALAJI  TULSIRAM CHOUDHARI </t>
+          <t>SUNY KUMAR</t>
         </is>
       </c>
       <c r="H65" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I65" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J65" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K65" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L65" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M65" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N65" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O65" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P65" s="1"/>
       <c r="Q65" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R65" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>32777</t>
+          <t>29494</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
-          <t>1691</t>
+          <t>1381</t>
         </is>
       </c>
       <c r="D66" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E66" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G66" s="1" t="inlineStr">
         <is>
-          <t>ANURAG BABAN  MODAK </t>
+          <t>Akash Beni</t>
         </is>
       </c>
       <c r="H66" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I66" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J66" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K66" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L66" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5937,71 +5937,71 @@
       <c r="N66" s="1" t="inlineStr">
         <is>
           <t>_</t>
         </is>
       </c>
       <c r="O66" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P66" s="1"/>
       <c r="Q66" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R66" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>32768</t>
+          <t>29477</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
           <t>1427</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E67" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F67" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G67" s="1" t="inlineStr">
         <is>
           <t>DIKSHA RAMESH KATKAR</t>
         </is>
       </c>
       <c r="H67" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I67" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J67" s="1" t="inlineStr">
         <is>
           <t>NA</t>
@@ -6025,169 +6025,169 @@
       <c r="N67" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O67" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P67" s="1"/>
       <c r="Q67" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R67" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>32767</t>
+          <t>29376</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t>1427</t>
+          <t>1116</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E68" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F68" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G68" s="1" t="inlineStr">
         <is>
-          <t>DIKSHA RAMESH KATKAR</t>
+          <t>SHRESHTH SINGH LATWAL</t>
         </is>
       </c>
       <c r="H68" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I68" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J68" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K68" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L68" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M68" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N68" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="O68" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P68" s="1"/>
       <c r="Q68" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R68" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>32762</t>
+          <t>29351</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t>1426</t>
+          <t>1233</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E69" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F69" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G69" s="1" t="inlineStr">
         <is>
-          <t>RAMESH SUDAM KATKAR</t>
+          <t>KIRAN GULAB BHOYAR</t>
         </is>
       </c>
       <c r="H69" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I69" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J69" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K69" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L69" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -6201,257 +6201,257 @@
       <c r="N69" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O69" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P69" s="1"/>
       <c r="Q69" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R69" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>32761</t>
+          <t>29313</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t>1426</t>
+          <t>1719</t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E70" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F70" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G70" s="1" t="inlineStr">
         <is>
-          <t>RAMESH SUDAM KATKAR</t>
+          <t>SHUBHAM KALIKAPRASAD DUBEY </t>
         </is>
       </c>
       <c r="H70" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I70" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J70" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K70" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L70" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M70" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N70" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="O70" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P70" s="1"/>
       <c r="Q70" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R70" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>32662</t>
+          <t>29293</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t>1799</t>
+          <t>1722</t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E71" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F71" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G71" s="1" t="inlineStr">
         <is>
-          <t>NIDHI OJHA</t>
+          <t>KRUNALINI MOHAN PAGARE </t>
         </is>
       </c>
       <c r="H71" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I71" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J71" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K71" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L71" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M71" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N71" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>--</t>
         </is>
       </c>
       <c r="O71" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P71" s="1"/>
       <c r="Q71" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R71" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>32603</t>
+          <t>29282</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t>1172</t>
+          <t>1067</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E72" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F72" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G72" s="1" t="inlineStr">
         <is>
-          <t>SURESH HARIDAS ZODE</t>
+          <t>DEELIP CHIRANJILAL GUPTA</t>
         </is>
       </c>
       <c r="H72" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I72" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J72" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K72" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L72" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -6465,345 +6465,345 @@
       <c r="N72" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O72" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P72" s="1"/>
       <c r="Q72" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R72" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>32585</t>
+          <t>29278</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>33</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t>1716</t>
+          <t>1066</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E73" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F73" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G73" s="1" t="inlineStr">
         <is>
-          <t>VIJAY VITHOBA ITANKAR </t>
+          <t>SHARADA DILIP GUPTA</t>
         </is>
       </c>
       <c r="H73" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I73" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J73" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K73" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L73" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M73" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N73" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O73" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P73" s="1"/>
       <c r="Q73" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R73" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>32573</t>
+          <t>29238</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t>1791</t>
+          <t>1728</t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E74" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F74" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G74" s="1" t="inlineStr">
         <is>
-          <t>SURAJ AHIRWAR</t>
+          <t>MEGHA VIPIN DARUNDE </t>
         </is>
       </c>
       <c r="H74" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I74" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J74" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K74" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L74" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M74" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N74" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>--</t>
         </is>
       </c>
       <c r="O74" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P74" s="1"/>
       <c r="Q74" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R74" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>32572</t>
+          <t>29236</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t>1505</t>
+          <t>1728</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E75" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F75" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G75" s="1" t="inlineStr">
         <is>
-          <t>SHRINIWAS JANRAM</t>
+          <t>MEGHA VIPIN DARUNDE </t>
         </is>
       </c>
       <c r="H75" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I75" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J75" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K75" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L75" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M75" s="1" t="inlineStr">
         <is>
-          <t>_ </t>
+          <t>--</t>
         </is>
       </c>
       <c r="N75" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>--</t>
         </is>
       </c>
       <c r="O75" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P75" s="1"/>
       <c r="Q75" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R75" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>32557</t>
+          <t>29144</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>33</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t>1833</t>
+          <t>717</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E76" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F76" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G76" s="1" t="inlineStr">
         <is>
-          <t>CHANDRASHEKAR JAMBHUDKAR</t>
+          <t>SIMA DINESH PATIL</t>
         </is>
       </c>
       <c r="H76" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I76" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J76" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K76" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L76" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -6817,873 +6817,873 @@
       <c r="N76" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O76" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P76" s="1"/>
       <c r="Q76" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R76" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>32543</t>
+          <t>29125</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t>1785</t>
+          <t>1035</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E77" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F77" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G77" s="1" t="inlineStr">
         <is>
-          <t>MANDA BAHIRMKAR</t>
+          <t>KRUTIKA VICKY BAGHEL</t>
         </is>
       </c>
       <c r="H77" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I77" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J77" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K77" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L77" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M77" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>------</t>
         </is>
       </c>
       <c r="N77" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-------</t>
         </is>
       </c>
       <c r="O77" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P77" s="1"/>
       <c r="Q77" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R77" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>32538</t>
+          <t>29120</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
-          <t>1783</t>
+          <t>1034</t>
         </is>
       </c>
       <c r="D78" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E78" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F78" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G78" s="1" t="inlineStr">
         <is>
-          <t>A S MISHRA</t>
+          <t>MAMTA VICKY BAGHEL</t>
         </is>
       </c>
       <c r="H78" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I78" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J78" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K78" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L78" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M78" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>------ </t>
         </is>
       </c>
       <c r="N78" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-------</t>
         </is>
       </c>
       <c r="O78" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P78" s="1"/>
       <c r="Q78" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R78" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>32492</t>
+          <t>29116</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t>1064</t>
+          <t>1033</t>
         </is>
       </c>
       <c r="D79" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E79" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F79" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G79" s="1" t="inlineStr">
         <is>
-          <t>SHARADA ASHOK CHAHARE</t>
+          <t>PRATAPSINGH LALSINGH BAGHEL</t>
         </is>
       </c>
       <c r="H79" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I79" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J79" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K79" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L79" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M79" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>------</t>
         </is>
       </c>
       <c r="N79" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>-------</t>
         </is>
       </c>
       <c r="O79" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P79" s="1"/>
       <c r="Q79" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R79" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>32431</t>
+          <t>29106</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
-          <t>1715</t>
+          <t>691</t>
         </is>
       </c>
       <c r="D80" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E80" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F80" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G80" s="1" t="inlineStr">
         <is>
-          <t>SHRIYANSH VIJAY KAITHAWAS </t>
+          <t>ESHITA RADHEGOVIND ROY</t>
         </is>
       </c>
       <c r="H80" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I80" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J80" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K80" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L80" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M80" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>- </t>
         </is>
       </c>
       <c r="N80" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O80" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P80" s="1"/>
       <c r="Q80" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R80" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>32426</t>
+          <t>29071</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
-          <t>1839</t>
+          <t>1027</t>
         </is>
       </c>
       <c r="D81" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E81" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F81" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G81" s="1" t="inlineStr">
         <is>
-          <t>GEETA RAVIDAS</t>
+          <t>NANDA KESHAV SATPUTE</t>
         </is>
       </c>
       <c r="H81" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I81" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J81" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K81" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L81" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M81" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>------</t>
         </is>
       </c>
       <c r="N81" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>-------</t>
         </is>
       </c>
       <c r="O81" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P81" s="1"/>
       <c r="Q81" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R81" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>32402</t>
+          <t>29069</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
-          <t>1711</t>
+          <t>1025</t>
         </is>
       </c>
       <c r="D82" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E82" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F82" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G82" s="1" t="inlineStr">
         <is>
-          <t>NIRBHAY ARVIND CHOUHAN </t>
+          <t>VANDANA MADHAV SATPUTE</t>
         </is>
       </c>
       <c r="H82" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I82" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J82" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K82" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L82" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M82" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>------ </t>
         </is>
       </c>
       <c r="N82" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>------</t>
         </is>
       </c>
       <c r="O82" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P82" s="1"/>
       <c r="Q82" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R82" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>32389</t>
+          <t>29062</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
-          <t>731</t>
+          <t>1023</t>
         </is>
       </c>
       <c r="D83" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E83" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F83" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G83" s="1" t="inlineStr">
         <is>
-          <t>HIMANI SUDHAKARRAO MAKDE</t>
+          <t>STIPHAN MADHUKAR LAL</t>
         </is>
       </c>
       <c r="H83" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I83" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J83" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K83" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L83" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M83" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="N83" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O83" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P83" s="1"/>
       <c r="Q83" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R83" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>32382</t>
+          <t>29050</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
-          <t>1708</t>
+          <t>670</t>
         </is>
       </c>
       <c r="D84" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E84" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F84" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G84" s="1" t="inlineStr">
         <is>
-          <t>LAXMI BABULAL YELMULLE </t>
+          <t>DEVRAO WADHAI</t>
         </is>
       </c>
       <c r="H84" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I84" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J84" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K84" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L84" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M84" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>No</t>
         </is>
       </c>
       <c r="N84" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>No</t>
         </is>
       </c>
       <c r="O84" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P84" s="1"/>
       <c r="Q84" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R84" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>32310</t>
+          <t>29049</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
-          <t>691</t>
+          <t>669</t>
         </is>
       </c>
       <c r="D85" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-04</t>
         </is>
       </c>
       <c r="E85" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F85" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G85" s="1" t="inlineStr">
         <is>
-          <t>ESHITA RADHEGOVIND ROY</t>
+          <t>VINOD WADHAI</t>
         </is>
       </c>
       <c r="H85" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I85" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J85" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K85" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L85" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M85" s="1" t="inlineStr">
         <is>
-          <t>_ </t>
+          <t>No</t>
         </is>
       </c>
       <c r="N85" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>No</t>
         </is>
       </c>
       <c r="O85" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P85" s="1"/>
       <c r="Q85" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R85" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>32308</t>
+          <t>29037</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t>1475</t>
+          <t>1510</t>
         </is>
       </c>
       <c r="D86" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-03</t>
         </is>
       </c>
       <c r="E86" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F86" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G86" s="1" t="inlineStr">
         <is>
-          <t>TARA VIJAY SONTAKKE</t>
+          <t>RAVINDRA SHAMRAO BODJHALKAR</t>
         </is>
       </c>
       <c r="H86" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I86" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J86" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K86" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L86" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -7697,785 +7697,785 @@
       <c r="N86" s="1" t="inlineStr">
         <is>
           <t>_</t>
         </is>
       </c>
       <c r="O86" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P86" s="1"/>
       <c r="Q86" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R86" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>32306</t>
+          <t>29029</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
-          <t>1474</t>
+          <t>1514</t>
         </is>
       </c>
       <c r="D87" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-03</t>
         </is>
       </c>
       <c r="E87" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F87" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G87" s="1" t="inlineStr">
         <is>
-          <t>DHIRAJ VIJAY SONTAKKE</t>
+          <t>VINOD MAHADEO MORE</t>
         </is>
       </c>
       <c r="H87" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I87" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J87" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K87" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L87" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M87" s="1" t="inlineStr">
         <is>
           <t>_</t>
         </is>
       </c>
       <c r="N87" s="1" t="inlineStr">
         <is>
           <t>_</t>
         </is>
       </c>
       <c r="O87" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P87" s="1"/>
       <c r="Q87" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R87" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>32298</t>
+          <t>29017</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t>690</t>
+          <t>1521</t>
         </is>
       </c>
       <c r="D88" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-03</t>
         </is>
       </c>
       <c r="E88" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F88" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G88" s="1" t="inlineStr">
         <is>
-          <t>AMRPALI RAVIKANT KHOBRAGADE</t>
+          <t>PRAKASH NARSAYYA CHIMALWAR</t>
         </is>
       </c>
       <c r="H88" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I88" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J88" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K88" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L88" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M88" s="1" t="inlineStr">
         <is>
-          <t>_ </t>
+          <t>_</t>
         </is>
       </c>
       <c r="N88" s="1" t="inlineStr">
         <is>
           <t>_</t>
         </is>
       </c>
       <c r="O88" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P88" s="1"/>
       <c r="Q88" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R88" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>32248</t>
+          <t>29009</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
-          <t>708</t>
+          <t>1557</t>
         </is>
       </c>
       <c r="D89" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-03</t>
         </is>
       </c>
       <c r="E89" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F89" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G89" s="1" t="inlineStr">
         <is>
-          <t>PRAMOD GANGARAM WANKAR</t>
+          <t>CHETAN ARUNRAO PAWADE</t>
         </is>
       </c>
       <c r="H89" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I89" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J89" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K89" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L89" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M89" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N89" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O89" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P89" s="1"/>
       <c r="Q89" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R89" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>32244</t>
+          <t>29004</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t>1852</t>
+          <t>1596</t>
         </is>
       </c>
       <c r="D90" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-03</t>
         </is>
       </c>
       <c r="E90" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F90" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G90" s="1" t="inlineStr">
         <is>
-          <t>ARANVI DUDHE</t>
+          <t>LAXMI DAULATRAM LALWANI </t>
         </is>
       </c>
       <c r="H90" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I90" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J90" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K90" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L90" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M90" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N90" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O90" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P90" s="1"/>
       <c r="Q90" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R90" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>32231</t>
+          <t>29001</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
-          <t>1854</t>
+          <t>1598</t>
         </is>
       </c>
       <c r="D91" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-03</t>
         </is>
       </c>
       <c r="E91" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F91" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G91" s="1" t="inlineStr">
         <is>
-          <t>SHASHIKAL RAUT</t>
+          <t>SHARAYYU DATTATRAY BAKARE </t>
         </is>
       </c>
       <c r="H91" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I91" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J91" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K91" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L91" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M91" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N91" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O91" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P91" s="1"/>
       <c r="Q91" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R91" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>32093</t>
+          <t>28995</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t>1844</t>
+          <t>1406</t>
         </is>
       </c>
       <c r="D92" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-03</t>
         </is>
       </c>
       <c r="E92" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F92" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G92" s="1" t="inlineStr">
         <is>
-          <t>ANIL LODE</t>
+          <t>DEEPAK PRAKASH LABHANE</t>
         </is>
       </c>
       <c r="H92" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I92" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J92" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K92" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L92" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M92" s="1" t="inlineStr">
         <is>
-          <t>---</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N92" s="1" t="inlineStr">
         <is>
-          <t>---</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O92" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P92" s="1"/>
       <c r="Q92" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R92" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>32063</t>
+          <t>28988</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t>1832</t>
+          <t>1550</t>
         </is>
       </c>
       <c r="D93" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-03</t>
         </is>
       </c>
       <c r="E93" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G93" s="1" t="inlineStr">
         <is>
-          <t>ASHISH MOHANDAS KALE </t>
+          <t>RAJESHYAM DURGAM GOTTE</t>
         </is>
       </c>
       <c r="H93" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I93" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J93" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K93" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L93" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M93" s="1" t="inlineStr">
         <is>
-          <t>---</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N93" s="1" t="inlineStr">
         <is>
-          <t>---</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O93" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P93" s="1"/>
       <c r="Q93" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R93" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>32039</t>
+          <t>28944</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>40</t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t>1771</t>
+          <t>955</t>
         </is>
       </c>
       <c r="D94" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-03</t>
         </is>
       </c>
       <c r="E94" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F94" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G94" s="1" t="inlineStr">
         <is>
-          <t>KETAN SONKAR</t>
+          <t>DR ARPITA PRADEEP WAWARKAR</t>
         </is>
       </c>
       <c r="H94" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I94" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J94" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K94" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L94" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M94" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N94" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O94" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P94" s="1"/>
       <c r="Q94" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R94" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>32038</t>
+          <t>28840</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t>1769</t>
+          <t>995</t>
         </is>
       </c>
       <c r="D95" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-03</t>
         </is>
       </c>
       <c r="E95" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F95" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G95" s="1" t="inlineStr">
         <is>
-          <t>VILAS BALAJI WANKHEDE </t>
+          <t>RUPESH MOON</t>
         </is>
       </c>
       <c r="H95" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I95" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J95" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K95" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L95" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -8489,169 +8489,169 @@
       <c r="N95" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O95" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P95" s="1"/>
       <c r="Q95" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R95" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>32037</t>
+          <t>28801</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t>1679</t>
+          <t>1409</t>
         </is>
       </c>
       <c r="D96" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-03</t>
         </is>
       </c>
       <c r="E96" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F96" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G96" s="1" t="inlineStr">
         <is>
-          <t>MANOHAR SHAMRAO UPARE </t>
+          <t>ANIL DADAJI UTHADE</t>
         </is>
       </c>
       <c r="H96" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I96" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J96" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K96" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L96" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M96" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N96" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_ </t>
         </is>
       </c>
       <c r="O96" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P96" s="1"/>
       <c r="Q96" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R96" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>32029</t>
+          <t>28789</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>33</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t>996</t>
+          <t>1672</t>
         </is>
       </c>
       <c r="D97" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-03</t>
         </is>
       </c>
       <c r="E97" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F97" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G97" s="1" t="inlineStr">
         <is>
-          <t>GURVINDAR KHETI</t>
+          <t>PURABKUMAR BHIMRAO FULZALE </t>
         </is>
       </c>
       <c r="H97" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I97" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J97" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K97" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L97" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -8665,257 +8665,257 @@
       <c r="N97" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O97" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P97" s="1"/>
       <c r="Q97" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R97" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>31991</t>
+          <t>28786</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>33</t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t>1822</t>
+          <t>1672</t>
         </is>
       </c>
       <c r="D98" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-03</t>
         </is>
       </c>
       <c r="E98" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F98" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G98" s="1" t="inlineStr">
         <is>
-          <t>VITHOBA ANTIYI GADGE </t>
+          <t>PURABKUMAR BHIMRAO FULZALE </t>
         </is>
       </c>
       <c r="H98" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I98" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J98" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K98" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L98" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M98" s="1" t="inlineStr">
         <is>
-          <t>---</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N98" s="1" t="inlineStr">
         <is>
-          <t>---</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O98" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P98" s="1"/>
       <c r="Q98" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R98" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>31951</t>
+          <t>28759</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>33</t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
-          <t>1395</t>
+          <t>1662</t>
         </is>
       </c>
       <c r="D99" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-03</t>
         </is>
       </c>
       <c r="E99" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F99" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G99" s="1" t="inlineStr">
         <is>
-          <t>SASHIKALA LAXMAN NAGRALE</t>
+          <t>RAMSINGH NANDU GHUGLOT </t>
         </is>
       </c>
       <c r="H99" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I99" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J99" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K99" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L99" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M99" s="1" t="inlineStr">
         <is>
-          <t>97</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N99" s="1" t="inlineStr">
         <is>
-          <t>98</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O99" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P99" s="1"/>
       <c r="Q99" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R99" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>31918</t>
+          <t>28758</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
-          <t>1860</t>
+          <t>1662</t>
         </is>
       </c>
       <c r="D100" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-03</t>
         </is>
       </c>
       <c r="E100" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F100" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G100" s="1" t="inlineStr">
         <is>
-          <t>KUSUM MORE</t>
+          <t>RAMSINGH NANDU GHUGLOT </t>
         </is>
       </c>
       <c r="H100" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I100" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J100" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K100" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L100" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -8929,81 +8929,81 @@
       <c r="N100" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O100" s="1" t="inlineStr">
         <is>
           <t>कॉल उचलला नाही</t>
         </is>
       </c>
       <c r="P100" s="1"/>
       <c r="Q100" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R100" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>31915</t>
+          <t>28745</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
-          <t>1859</t>
+          <t>1658</t>
         </is>
       </c>
       <c r="D101" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-05-03</t>
         </is>
       </c>
       <c r="E101" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F101" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G101" s="1" t="inlineStr">
         <is>
-          <t>KUSUM KONDEKAR</t>
+          <t>SHOBHANATHA RAMPAL GUPTA </t>
         </is>
       </c>
       <c r="H101" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I101" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J101" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K101" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L101" s="1" t="inlineStr">
         <is>
           <t>No</t>