--- v0 (2025-12-11)
+++ v1 (2026-02-03)
@@ -112,51 +112,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:R53"/>
+  <dimension ref="A1:R52"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>userid</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>patientID</t>
         </is>
       </c>
@@ -4457,71 +4457,71 @@
       <c r="N49" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O49" s="1" t="inlineStr">
         <is>
           <t>सदर क्रमांक रुग्णाचा नाही</t>
         </is>
       </c>
       <c r="P49" s="1"/>
       <c r="Q49" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R49" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>4432</t>
+          <t>4335</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
           <t>2021-04-12</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G50" s="1" t="inlineStr">
         <is>
           <t>TUSHAR MORESHWAR JIVTODE</t>
         </is>
       </c>
       <c r="H50" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I50" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J50" s="1" t="inlineStr">
         <is>
           <t>NA</t>
@@ -4545,71 +4545,71 @@
       <c r="N50" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O50" s="1" t="inlineStr">
         <is>
           <t>सदर क्रमांक रुग्णाचा नाही</t>
         </is>
       </c>
       <c r="P50" s="1"/>
       <c r="Q50" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R50" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>4335</t>
+          <t>4067</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>2021-04-12</t>
+          <t>2021-04-11</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G51" s="1" t="inlineStr">
         <is>
           <t>TUSHAR MORESHWAR JIVTODE</t>
         </is>
       </c>
       <c r="H51" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I51" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J51" s="1" t="inlineStr">
         <is>
           <t>NA</t>
@@ -4633,71 +4633,71 @@
       <c r="N51" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O51" s="1" t="inlineStr">
         <is>
           <t>सदर क्रमांक रुग्णाचा नाही</t>
         </is>
       </c>
       <c r="P51" s="1"/>
       <c r="Q51" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R51" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>4067</t>
+          <t>3991</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
           <t>2021-04-11</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G52" s="1" t="inlineStr">
         <is>
           <t>TUSHAR MORESHWAR JIVTODE</t>
         </is>
       </c>
       <c r="H52" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I52" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J52" s="1" t="inlineStr">
         <is>
           <t>NA</t>
@@ -4713,138 +4713,50 @@
           <t>No</t>
         </is>
       </c>
       <c r="M52" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="N52" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O52" s="1" t="inlineStr">
         <is>
           <t>सदर क्रमांक रुग्णाचा नाही</t>
         </is>
       </c>
       <c r="P52" s="1"/>
       <c r="Q52" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R52" s="1" t="inlineStr">
-        <is>
-[...86 lines deleted...]
-      <c r="R53" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">