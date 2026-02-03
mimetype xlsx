--- v0 (2025-12-13)
+++ v1 (2026-02-03)
@@ -112,51 +112,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:R97"/>
+  <dimension ref="A1:R25"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>userid</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>patientID</t>
         </is>
       </c>
@@ -217,81 +217,81 @@
       </c>
       <c r="O1" s="1" t="inlineStr">
         <is>
           <t>status</t>
         </is>
       </c>
       <c r="P1" s="1" t="inlineStr">
         <is>
           <t>CallerRemark</t>
         </is>
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>CriticalAlert</t>
         </is>
       </c>
       <c r="R1" s="1" t="inlineStr">
         <is>
           <t>CallerID</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>3894</t>
+          <t>2305</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>73</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>2021-04-11</t>
+          <t>2021-04-03</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
-          <t>AJAY L PAL</t>
+          <t>MINA  VINOD MULKALWAR</t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I2" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J2" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K2" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L2" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -305,81 +305,81 @@
       <c r="N2" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O2" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P2" s="1"/>
       <c r="Q2" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R2" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>3799</t>
+          <t>2291</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>49</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>2021-04-10</t>
+          <t>2021-04-03</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>AJAY L PAL</t>
+          <t>ASHOK  URKUDAJI SONPAROTE</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J3" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -393,81 +393,81 @@
       <c r="N3" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O3" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P3" s="1"/>
       <c r="Q3" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R3" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>3778</t>
+          <t>2286</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>251</t>
+          <t>154</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2021-04-10</t>
+          <t>2021-04-03</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>RAGIN PRAMOD PARBANDE</t>
+          <t>ANKUSH  BHARATI</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L4" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -481,81 +481,81 @@
       <c r="N4" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O4" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P4" s="1"/>
       <c r="Q4" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R4" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>3748</t>
+          <t>2277</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>139</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>2021-04-10</t>
+          <t>2021-04-03</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>AJAY L PAL</t>
+          <t>RIJWAN RAUF DHAKWALA</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J5" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K5" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L5" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -569,169 +569,169 @@
       <c r="N5" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O5" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P5" s="1"/>
       <c r="Q5" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R5" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>3674</t>
+          <t>2269</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>178</t>
+          <t>130</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>2021-04-09</t>
+          <t>2021-04-03</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>PARVAT G TOTEWAR</t>
+          <t>PARMINDAR KAUR SURINDAR PAL SINGH BAWEJA</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I6" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J6" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K6" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L6" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M6" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="N6" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O6" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P6" s="1"/>
       <c r="Q6" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R6" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>3625</t>
+          <t>2257</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>98</t>
+          <t>109</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>2021-04-09</t>
+          <t>2021-04-03</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>MADHUKAR NANDAJI KOSARE</t>
+          <t>RAKESH RAJIV PATEL</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J7" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K7" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L7" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -745,81 +745,81 @@
       <c r="N7" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O7" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P7" s="1"/>
       <c r="Q7" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R7" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>3556</t>
+          <t>2256</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>178</t>
+          <t>108</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>2021-04-09</t>
+          <t>2021-04-03</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
-          <t>PARVAT G TOTEWAR</t>
+          <t>RAMESH SHANTILAL PATEL</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I8" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J8" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K8" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L8" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -833,81 +833,81 @@
       <c r="N8" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O8" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P8" s="1"/>
       <c r="Q8" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R8" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>3513</t>
+          <t>2243</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>90</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>2021-04-09</t>
+          <t>2021-04-03</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
         <is>
-          <t>AJAY L PAL</t>
+          <t>GANPAT  CHIMURKAR</t>
         </is>
       </c>
       <c r="H9" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I9" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J9" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L9" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -921,81 +921,81 @@
       <c r="N9" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O9" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P9" s="1"/>
       <c r="Q9" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R9" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>3481</t>
+          <t>2242</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>98</t>
+          <t>89</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>2021-04-09</t>
+          <t>2021-04-03</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
-          <t>MADHUKAR NANDAJI KOSARE</t>
+          <t>REKHA  AGLAWA</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I10" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J10" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L10" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1009,81 +1009,81 @@
       <c r="N10" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O10" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P10" s="1"/>
       <c r="Q10" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R10" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>3460</t>
+          <t>2236</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>77</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>2021-04-08</t>
+          <t>2021-04-03</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
-          <t>POONAM  SHENDE</t>
+          <t>TARUN  PUNAMCHAND DAWAR</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J11" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L11" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1097,81 +1097,81 @@
       <c r="N11" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O11" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P11" s="1"/>
       <c r="Q11" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R11" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>3459</t>
+          <t>2141</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>173</t>
+          <t>65</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>2021-04-08</t>
+          <t>2021-04-03</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
-          <t>BHUSHAN   SHENDE</t>
+          <t>SURESH  TUKARAM SATPUTE</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I12" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J12" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L12" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1185,81 +1185,81 @@
       <c r="N12" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O12" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P12" s="1"/>
       <c r="Q12" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R12" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>3425</t>
+          <t>2138</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>60</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>2021-04-08</t>
+          <t>2021-04-03</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
         <is>
-          <t>MISCHELLE DAVID REBELLO</t>
+          <t>SURAJ DEVIDAS TADURWAR</t>
         </is>
       </c>
       <c r="H13" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I13" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J13" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K13" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L13" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1273,81 +1273,81 @@
       <c r="N13" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O13" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P13" s="1"/>
       <c r="Q13" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R13" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>3423</t>
+          <t>2104</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>108</t>
+          <t>134</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>2021-04-08</t>
+          <t>2021-04-02</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
-          <t>RAMESH SHANTILAL PATEL</t>
+          <t>AJAY L PAL</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L14" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1361,81 +1361,81 @@
       <c r="N14" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O14" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P14" s="1"/>
       <c r="Q14" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R14" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>3400</t>
+          <t>2092</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>112</t>
+          <t>130</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>2021-04-08</t>
+          <t>2021-04-02</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
-          <t>RAJU N NAMALWAR</t>
+          <t>PARMINDAR KAUR SURINDAR PAL SINGH BAWEJA</t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I15" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J15" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K15" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L15" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1449,81 +1449,81 @@
       <c r="N15" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O15" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P15" s="1"/>
       <c r="Q15" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R15" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>3374</t>
+          <t>2070</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>207</t>
+          <t>104</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>2021-04-08</t>
+          <t>2021-04-02</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
         <is>
-          <t>SAVITA BINDRAPRASAD PANDEY</t>
+          <t>SAVITRI DEVAVRAT NISHAD</t>
         </is>
       </c>
       <c r="H16" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I16" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J16" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K16" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L16" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1537,71 +1537,71 @@
       <c r="N16" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O16" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P16" s="1"/>
       <c r="Q16" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R16" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>3358</t>
+          <t>2003</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>2021-04-08</t>
+          <t>2021-04-02</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G17" s="1" t="inlineStr">
         <is>
           <t>AJAY L PAL</t>
         </is>
       </c>
       <c r="H17" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I17" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J17" s="1" t="inlineStr">
         <is>
           <t>NA</t>
@@ -1625,81 +1625,81 @@
       <c r="N17" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O17" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P17" s="1"/>
       <c r="Q17" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R17" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>3270</t>
+          <t>1838</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>117</t>
+          <t>41</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>2021-04-08</t>
+          <t>2021-04-01</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
-          <t>HANIDA  TADVI</t>
+          <t>PIYUSH BALA DHOBE</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I18" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J18" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K18" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L18" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1713,81 +1713,81 @@
       <c r="N18" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O18" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P18" s="1"/>
       <c r="Q18" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R18" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>3269</t>
+          <t>1833</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>116</t>
+          <t>134</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>2021-04-08</t>
+          <t>2021-04-01</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
         <is>
-          <t>HAKIM  TADVI</t>
+          <t>AJAY L PAL</t>
         </is>
       </c>
       <c r="H19" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I19" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J19" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K19" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L19" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1801,81 +1801,81 @@
       <c r="N19" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O19" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P19" s="1"/>
       <c r="Q19" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R19" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>3265</t>
+          <t>1639</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>112</t>
+          <t>134</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>2021-04-08</t>
+          <t>2021-03-31</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
-          <t>RAJU N NAMALWAR</t>
+          <t>AJAY L PAL</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I20" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J20" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K20" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L20" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1889,81 +1889,81 @@
       <c r="N20" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O20" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P20" s="1"/>
       <c r="Q20" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R20" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>3237</t>
+          <t>1594</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>89</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>2021-04-08</t>
+          <t>2021-03-31</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
         <is>
-          <t>AJAY L PAL</t>
+          <t>REKHA  AGLAWA</t>
         </is>
       </c>
       <c r="H21" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I21" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J21" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K21" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L21" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1977,81 +1977,81 @@
       <c r="N21" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O21" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P21" s="1"/>
       <c r="Q21" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R21" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>3175</t>
+          <t>1412</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>157</t>
+          <t>41</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>2021-04-07</t>
+          <t>2021-03-30</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G22" s="1" t="inlineStr">
         <is>
-          <t>SHILBHADRA JAYANT  DORNALWAR</t>
+          <t>PIYUSH BALA DHOBE</t>
         </is>
       </c>
       <c r="H22" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I22" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J22" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K22" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L22" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2065,81 +2065,81 @@
       <c r="N22" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O22" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P22" s="1"/>
       <c r="Q22" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R22" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>3011</t>
+          <t>1185</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>109</t>
+          <t>90</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>2021-04-07</t>
+          <t>2021-03-28</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G23" s="1" t="inlineStr">
         <is>
-          <t>RAKESH RAJIV PATEL</t>
+          <t>GANPAT  CHIMURKAR</t>
         </is>
       </c>
       <c r="H23" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I23" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J23" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K23" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L23" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2153,81 +2153,81 @@
       <c r="N23" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O23" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P23" s="1"/>
       <c r="Q23" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R23" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>3005</t>
+          <t>1025</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>39</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>2021-04-07</t>
+          <t>2021-03-27</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G24" s="1" t="inlineStr">
         <is>
-          <t>AJAY L PAL</t>
+          <t>SIYA  AHUJA</t>
         </is>
       </c>
       <c r="H24" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I24" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J24" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K24" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L24" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2241,6478 +2241,130 @@
       <c r="N24" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O24" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P24" s="1"/>
       <c r="Q24" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R24" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>2964</t>
+          <t>1015</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>53</t>
+          <t>80</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>2021-04-07</t>
+          <t>2021-03-26</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G25" s="1" t="inlineStr">
         <is>
-          <t>NEHA HEMANT KUKREJA</t>
+          <t>SACHIN  KHOKALE</t>
         </is>
       </c>
       <c r="H25" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I25" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J25" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K25" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L25" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M25" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="N25" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O25" s="1" t="inlineStr">
         <is>
           <t>नंबर नॉटरिचेबल</t>
         </is>
       </c>
       <c r="P25" s="1"/>
       <c r="Q25" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R25" s="1" t="inlineStr">
-        <is>
-[...6346 lines deleted...]
-      <c r="R97" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">