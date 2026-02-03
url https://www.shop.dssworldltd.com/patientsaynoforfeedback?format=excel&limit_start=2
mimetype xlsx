--- v0 (2025-12-13)
+++ v1 (2026-02-03)
@@ -112,51 +112,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:R20"/>
+  <dimension ref="A1:R16"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>userid</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>patientID</t>
         </is>
       </c>
@@ -217,81 +217,81 @@
       </c>
       <c r="O1" s="1" t="inlineStr">
         <is>
           <t>status</t>
         </is>
       </c>
       <c r="P1" s="1" t="inlineStr">
         <is>
           <t>CallerRemark</t>
         </is>
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>CriticalAlert</t>
         </is>
       </c>
       <c r="R1" s="1" t="inlineStr">
         <is>
           <t>CallerID</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>13216</t>
+          <t>13131</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>727</t>
+          <t>703</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
           <t>2021-04-24</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
-          <t>MANISHA DILIP SONULE</t>
+          <t>RAKESH ANGULIMAL WAGHMARE</t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I2" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J2" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K2" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L2" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -305,81 +305,81 @@
       <c r="N2" s="1" t="inlineStr">
         <is>
           <t>--</t>
         </is>
       </c>
       <c r="O2" s="1" t="inlineStr">
         <is>
           <t>रुग्णाने पाठपुरावा देण्यास नकार दिला</t>
         </is>
       </c>
       <c r="P2" s="1"/>
       <c r="Q2" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R2" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>13193</t>
+          <t>12619</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>716</t>
+          <t>399</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
           <t>2021-04-24</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>SURESH RAMCHANDRA SALVE</t>
+          <t>SARITA SHYAMJI  YADAV</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="J3" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -393,81 +393,81 @@
       <c r="N3" s="1" t="inlineStr">
         <is>
           <t>--</t>
         </is>
       </c>
       <c r="O3" s="1" t="inlineStr">
         <is>
           <t>रुग्णाने पाठपुरावा देण्यास नकार दिला</t>
         </is>
       </c>
       <c r="P3" s="1"/>
       <c r="Q3" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R3" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>13136</t>
+          <t>12338</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>705</t>
+          <t>602</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
           <t>2021-04-24</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>NIHIT SURAJ WAGHMARE</t>
+          <t>LATARI RAGHOBAJI PARSUDKAR</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L4" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -481,169 +481,169 @@
       <c r="N4" s="1" t="inlineStr">
         <is>
           <t>--</t>
         </is>
       </c>
       <c r="O4" s="1" t="inlineStr">
         <is>
           <t>रुग्णाने पाठपुरावा देण्यास नकार दिला</t>
         </is>
       </c>
       <c r="P4" s="1"/>
       <c r="Q4" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R4" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>13134</t>
+          <t>12123</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>704</t>
+          <t>482</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>2021-04-24</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>ADHIRA SURAJ WAGHMARE</t>
+          <t>NAMDEO PARSHURAM KADU</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J5" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K5" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L5" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M5" s="1" t="inlineStr">
         <is>
           <t>--</t>
         </is>
       </c>
       <c r="N5" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O5" s="1" t="inlineStr">
         <is>
           <t>रुग्णाने पाठपुरावा देण्यास नकार दिला</t>
         </is>
       </c>
       <c r="P5" s="1"/>
       <c r="Q5" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R5" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>13131</t>
+          <t>11505</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>703</t>
+          <t>565</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>2021-04-24</t>
+          <t>2021-04-23</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>RAKESH ANGULIMAL WAGHMARE</t>
+          <t>RAMESH KAKANWAR</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I6" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J6" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K6" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L6" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -657,1294 +657,942 @@
       <c r="N6" s="1" t="inlineStr">
         <is>
           <t>--</t>
         </is>
       </c>
       <c r="O6" s="1" t="inlineStr">
         <is>
           <t>रुग्णाने पाठपुरावा देण्यास नकार दिला</t>
         </is>
       </c>
       <c r="P6" s="1"/>
       <c r="Q6" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R6" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>12619</t>
+          <t>10367</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>399</t>
+          <t>359</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>2021-04-24</t>
+          <t>2021-04-22</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>SARITA SHYAMJI  YADAV</t>
+          <t>PRAKASH LAXMAN UMAK</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="J7" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="K7" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="L7" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M7" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N7" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O7" s="1" t="inlineStr">
         <is>
           <t>रुग्णाने पाठपुरावा देण्यास नकार दिला</t>
         </is>
       </c>
-      <c r="P7" s="1"/>
+      <c r="P7" s="1" t="inlineStr">
+        <is>
+          <t>not responding</t>
+        </is>
+      </c>
       <c r="Q7" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R7" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>12338</t>
+          <t>10163</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>602</t>
+          <t>379</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>2021-04-24</t>
+          <t>2021-04-22</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
-          <t>LATARI RAGHOBAJI PARSUDKAR</t>
+          <t>MAROTI  MADHAV SIDAM</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I8" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J8" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K8" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L8" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M8" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N8" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O8" s="1" t="inlineStr">
         <is>
           <t>रुग्णाने पाठपुरावा देण्यास नकार दिला</t>
         </is>
       </c>
-      <c r="P8" s="1"/>
+      <c r="P8" s="1" t="inlineStr">
+        <is>
+          <t>Not giving answer</t>
+        </is>
+      </c>
       <c r="Q8" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R8" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>12123</t>
+          <t>10159</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>482</t>
+          <t>378</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>2021-04-24</t>
+          <t>2021-04-22</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
         <is>
-          <t>NAMDEO PARSHURAM KADU</t>
+          <t>KIRAN  CHARANDAS SIDAM</t>
         </is>
       </c>
       <c r="H9" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I9" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J9" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L9" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M9" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N9" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O9" s="1" t="inlineStr">
         <is>
           <t>रुग्णाने पाठपुरावा देण्यास नकार दिला</t>
         </is>
       </c>
-      <c r="P9" s="1"/>
+      <c r="P9" s="1" t="inlineStr">
+        <is>
+          <t>Not giving a answer</t>
+        </is>
+      </c>
       <c r="Q9" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R9" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>11505</t>
+          <t>10139</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>565</t>
+          <t>374</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>2021-04-23</t>
+          <t>2021-04-22</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
-          <t>RAMESH KAKANWAR</t>
+          <t>NIRMALA MAROTI SIDAM</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I10" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J10" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L10" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M10" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N10" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O10" s="1" t="inlineStr">
         <is>
           <t>रुग्णाने पाठपुरावा देण्यास नकार दिला</t>
         </is>
       </c>
-      <c r="P10" s="1"/>
+      <c r="P10" s="1" t="inlineStr">
+        <is>
+          <t>Patient refused to give answer &amp; doing arguments</t>
+        </is>
+      </c>
       <c r="Q10" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R10" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>10367</t>
+          <t>9921</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>359</t>
+          <t>279</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>2021-04-22</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
-          <t>PRAKASH LAXMAN UMAK</t>
+          <t>SHUBHANGI  SANJAY ATRAM</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J11" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L11" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t> Don&amp;#39;t know</t>
         </is>
       </c>
       <c r="M11" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="N11" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O11" s="1" t="inlineStr">
         <is>
           <t>रुग्णाने पाठपुरावा देण्यास नकार दिला</t>
         </is>
       </c>
       <c r="P11" s="1" t="inlineStr">
         <is>
-          <t>not responding</t>
+          <t>Patient refused to give answer</t>
         </is>
       </c>
       <c r="Q11" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R11" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>10163</t>
+          <t>9689</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>379</t>
+          <t>577</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>2021-04-22</t>
+          <t>2021-04-20</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
-          <t>MAROTI  MADHAV SIDAM</t>
+          <t>DEEPAK RUPCHAND BHAVE</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="I12" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="J12" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="L12" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M12" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N12" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O12" s="1" t="inlineStr">
         <is>
           <t>रुग्णाने पाठपुरावा देण्यास नकार दिला</t>
         </is>
       </c>
-      <c r="P12" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P12" s="1"/>
       <c r="Q12" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R12" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>10159</t>
+          <t>9083</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>378</t>
+          <t>577</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>2021-04-22</t>
+          <t>2021-04-20</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
         <is>
-          <t>KIRAN  CHARANDAS SIDAM</t>
+          <t>DEEPAK RUPCHAND BHAVE</t>
         </is>
       </c>
       <c r="H13" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I13" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J13" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K13" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L13" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M13" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N13" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>----</t>
         </is>
       </c>
       <c r="O13" s="1" t="inlineStr">
         <is>
           <t>रुग्णाने पाठपुरावा देण्यास नकार दिला</t>
         </is>
       </c>
-      <c r="P13" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P13" s="1"/>
       <c r="Q13" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R13" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>10139</t>
+          <t>9013</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>374</t>
+          <t>577</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>2021-04-22</t>
+          <t>2021-04-19</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
-          <t>NIRMALA MAROTI SIDAM</t>
+          <t>DEEPAK RUPCHAND BHAVE</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L14" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M14" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N14" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O14" s="1" t="inlineStr">
         <is>
           <t>रुग्णाने पाठपुरावा देण्यास नकार दिला</t>
         </is>
       </c>
-      <c r="P14" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P14" s="1"/>
       <c r="Q14" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R14" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9921</t>
+          <t>5837</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>40</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>279</t>
+          <t>150</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>2021-04-22</t>
+          <t>2021-04-15</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
-          <t>SHUBHANGI  SANJAY ATRAM</t>
+          <t>FAKHARU JAIRAM KHOBRAGADE</t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I15" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J15" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K15" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L15" s="1" t="inlineStr">
         <is>
-          <t> Don&amp;#39;t know</t>
+          <t>No</t>
         </is>
       </c>
       <c r="M15" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="N15" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O15" s="1" t="inlineStr">
         <is>
           <t>रुग्णाने पाठपुरावा देण्यास नकार दिला</t>
         </is>
       </c>
-      <c r="P15" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P15" s="1"/>
       <c r="Q15" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R15" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9689</t>
+          <t>5522</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>33</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>577</t>
+          <t>451</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>2021-04-20</t>
+          <t>2021-04-15</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
         <is>
-          <t>DEEPAK RUPCHAND BHAVE</t>
+          <t>VIJAYLAXMI SURESH GAUKAR</t>
         </is>
       </c>
       <c r="H16" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I16" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J16" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K16" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L16" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M16" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N16" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>---</t>
         </is>
       </c>
       <c r="O16" s="1" t="inlineStr">
         <is>
           <t>रुग्णाने पाठपुरावा देण्यास नकार दिला</t>
         </is>
       </c>
       <c r="P16" s="1"/>
       <c r="Q16" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R16" s="1" t="inlineStr">
-        <is>
-[...350 lines deleted...]
-      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">