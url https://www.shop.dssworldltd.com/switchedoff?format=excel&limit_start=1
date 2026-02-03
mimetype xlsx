--- v0 (2025-12-15)
+++ v1 (2026-02-03)
@@ -4001,81 +4001,81 @@
       <c r="N44" s="1" t="inlineStr">
         <is>
           <t>_</t>
         </is>
       </c>
       <c r="O44" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P44" s="1"/>
       <c r="Q44" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R44" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>77856</t>
+          <t>77852</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>3052</t>
+          <t>2891</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
           <t>2021-06-03</t>
         </is>
       </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G45" s="1" t="inlineStr">
         <is>
-          <t>RAMESH MOTIRAM NIRANJANE </t>
+          <t> TEJESWINI SATPUTE</t>
         </is>
       </c>
       <c r="H45" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="I45" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="J45" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="K45" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="L45" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4089,257 +4089,257 @@
       <c r="N45" s="1" t="inlineStr">
         <is>
           <t>--</t>
         </is>
       </c>
       <c r="O45" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P45" s="1"/>
       <c r="Q45" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R45" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>77852</t>
+          <t>77531</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>2891</t>
+          <t>2790</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>2021-06-03</t>
+          <t>2021-06-02</t>
         </is>
       </c>
       <c r="E46" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G46" s="1" t="inlineStr">
         <is>
-          <t> TEJESWINI SATPUTE</t>
+          <t> SEEMA VINOD WALKE</t>
         </is>
       </c>
       <c r="H46" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I46" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J46" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K46" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L46" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M46" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N46" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O46" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P46" s="1"/>
       <c r="Q46" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R46" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>77531</t>
+          <t>77530</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>34</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>2790</t>
+          <t>2903</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
           <t>2021-06-02</t>
         </is>
       </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G47" s="1" t="inlineStr">
         <is>
-          <t> SEEMA VINOD WALKE</t>
+          <t> Ms  SHAKUNTALA MESHRAM</t>
         </is>
       </c>
       <c r="H47" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I47" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J47" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K47" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L47" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M47" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N47" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O47" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P47" s="1"/>
       <c r="Q47" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R47" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>77530</t>
+          <t>77399</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>2903</t>
+          <t>2797</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
           <t>2021-06-02</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G48" s="1" t="inlineStr">
         <is>
-          <t> Ms  SHAKUNTALA MESHRAM</t>
+          <t> MADHVI RAGELWAR</t>
         </is>
       </c>
       <c r="H48" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I48" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J48" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K48" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L48" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4353,169 +4353,169 @@
       <c r="N48" s="1" t="inlineStr">
         <is>
           <t>_</t>
         </is>
       </c>
       <c r="O48" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P48" s="1"/>
       <c r="Q48" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R48" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>77399</t>
+          <t>77369</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>2797</t>
+          <t>2743</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
           <t>2021-06-02</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G49" s="1" t="inlineStr">
         <is>
-          <t> MADHVI RAGELWAR</t>
+          <t>DUSHYANT PADVEKAR</t>
         </is>
       </c>
       <c r="H49" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I49" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J49" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K49" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L49" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M49" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N49" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O49" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P49" s="1"/>
       <c r="Q49" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R49" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>77369</t>
+          <t>77320</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>2743</t>
+          <t>3059</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
           <t>2021-06-02</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G50" s="1" t="inlineStr">
         <is>
-          <t>DUSHYANT PADVEKAR</t>
+          <t>MUNINDRA  RAMDAS DETHE </t>
         </is>
       </c>
       <c r="H50" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I50" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J50" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K50" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L50" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4529,81 +4529,81 @@
       <c r="N50" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O50" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P50" s="1"/>
       <c r="Q50" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R50" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>77320</t>
+          <t>77106</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>3059</t>
+          <t>2758</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
           <t>2021-06-02</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G51" s="1" t="inlineStr">
         <is>
-          <t>MUNINDRA  RAMDAS DETHE </t>
+          <t>REKHA PARSHIVE</t>
         </is>
       </c>
       <c r="H51" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I51" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J51" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K51" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L51" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4617,257 +4617,257 @@
       <c r="N51" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O51" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P51" s="1"/>
       <c r="Q51" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R51" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>77106</t>
+          <t>77078</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>34</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t>2758</t>
+          <t>2797</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
           <t>2021-06-02</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G52" s="1" t="inlineStr">
         <is>
-          <t>REKHA PARSHIVE</t>
+          <t> MADHVI RAGELWAR</t>
         </is>
       </c>
       <c r="H52" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I52" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J52" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K52" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L52" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M52" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N52" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O52" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P52" s="1"/>
       <c r="Q52" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R52" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>77078</t>
+          <t>76952</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t>2797</t>
+          <t>2881</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
-          <t>2021-06-02</t>
+          <t>2021-06-01</t>
         </is>
       </c>
       <c r="E53" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G53" s="1" t="inlineStr">
         <is>
-          <t> MADHVI RAGELWAR</t>
+          <t> SHRUSHTI MAROTI MUNDE</t>
         </is>
       </c>
       <c r="H53" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I53" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J53" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K53" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L53" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M53" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N53" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O53" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P53" s="1"/>
       <c r="Q53" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R53" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>76952</t>
+          <t>76848</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t>2881</t>
+          <t>2859</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
           <t>2021-06-01</t>
         </is>
       </c>
       <c r="E54" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G54" s="1" t="inlineStr">
         <is>
-          <t> SHRUSHTI MAROTI MUNDE</t>
+          <t>KAJAL BHHURIYA</t>
         </is>
       </c>
       <c r="H54" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I54" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J54" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K54" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L54" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4881,81 +4881,81 @@
       <c r="N54" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O54" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P54" s="1"/>
       <c r="Q54" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R54" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>76848</t>
+          <t>76738</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t>2859</t>
+          <t>2687</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
           <t>2021-06-01</t>
         </is>
       </c>
       <c r="E55" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G55" s="1" t="inlineStr">
         <is>
-          <t>KAJAL BHHURIYA</t>
+          <t>SANJAY ZILURAM BIND   </t>
         </is>
       </c>
       <c r="H55" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I55" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J55" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K55" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L55" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4969,81 +4969,81 @@
       <c r="N55" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O55" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P55" s="1"/>
       <c r="Q55" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R55" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>76738</t>
+          <t>76648</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t>2687</t>
+          <t>3082</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
           <t>2021-06-01</t>
         </is>
       </c>
       <c r="E56" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G56" s="1" t="inlineStr">
         <is>
-          <t>SANJAY ZILURAM BIND   </t>
+          <t>ARATI RAKHUNDE</t>
         </is>
       </c>
       <c r="H56" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I56" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J56" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K56" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L56" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5057,81 +5057,81 @@
       <c r="N56" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O56" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P56" s="1"/>
       <c r="Q56" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R56" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>76648</t>
+          <t>76602</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t>3082</t>
+          <t>2954</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
           <t>2021-06-01</t>
         </is>
       </c>
       <c r="E57" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G57" s="1" t="inlineStr">
         <is>
-          <t>ARATI RAKHUNDE</t>
+          <t>GUNVANT MAROTI BHOYAR </t>
         </is>
       </c>
       <c r="H57" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I57" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J57" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K57" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L57" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5145,81 +5145,81 @@
       <c r="N57" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O57" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P57" s="1"/>
       <c r="Q57" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R57" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>76602</t>
+          <t>76441</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
-          <t>2954</t>
+          <t>2824</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
           <t>2021-06-01</t>
         </is>
       </c>
       <c r="E58" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G58" s="1" t="inlineStr">
         <is>
-          <t>GUNVANT MAROTI BHOYAR </t>
+          <t>SHYAM KUMAR AMBEDKAR MOON </t>
         </is>
       </c>
       <c r="H58" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I58" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J58" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K58" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L58" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5233,81 +5233,81 @@
       <c r="N58" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O58" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P58" s="1"/>
       <c r="Q58" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R58" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>76441</t>
+          <t>76331</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
-          <t>2824</t>
+          <t>2876</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
         <is>
-          <t>2021-06-01</t>
+          <t>2021-05-31</t>
         </is>
       </c>
       <c r="E59" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F59" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G59" s="1" t="inlineStr">
         <is>
-          <t>SHYAM KUMAR AMBEDKAR MOON </t>
+          <t> SWAPNIL RAJU TAPALE</t>
         </is>
       </c>
       <c r="H59" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I59" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J59" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K59" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L59" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5321,345 +5321,345 @@
       <c r="N59" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O59" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P59" s="1"/>
       <c r="Q59" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R59" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>76331</t>
+          <t>76106</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
-          <t>2876</t>
+          <t>2745</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
           <t>2021-05-31</t>
         </is>
       </c>
       <c r="E60" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G60" s="1" t="inlineStr">
         <is>
-          <t> SWAPNIL RAJU TAPALE</t>
+          <t>MADHVI RAJALWAR</t>
         </is>
       </c>
       <c r="H60" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I60" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J60" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K60" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L60" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M60" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N60" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="O60" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P60" s="1"/>
       <c r="Q60" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R60" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>76106</t>
+          <t>75641</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t>2745</t>
+          <t>2936</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
-          <t>2021-05-31</t>
+          <t>2021-05-30</t>
         </is>
       </c>
       <c r="E61" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G61" s="1" t="inlineStr">
         <is>
-          <t>MADHVI RAJALWAR</t>
+          <t>MALA GAWANDE</t>
         </is>
       </c>
       <c r="H61" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I61" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J61" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K61" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L61" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M61" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N61" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O61" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P61" s="1"/>
       <c r="Q61" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R61" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>75711</t>
+          <t>75599</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t>2661</t>
+          <t>2745</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
-          <t>2021-05-31</t>
+          <t>2021-05-30</t>
         </is>
       </c>
       <c r="E62" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F62" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G62" s="1" t="inlineStr">
         <is>
-          <t>ANIL MADHAV CHOUDHARI </t>
+          <t>MADHVI RAJALWAR</t>
         </is>
       </c>
       <c r="H62" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I62" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J62" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K62" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L62" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M62" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N62" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="O62" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P62" s="1"/>
       <c r="Q62" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R62" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>75641</t>
+          <t>75598</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
-          <t>2936</t>
+          <t>2881</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
           <t>2021-05-30</t>
         </is>
       </c>
       <c r="E63" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G63" s="1" t="inlineStr">
         <is>
-          <t>MALA GAWANDE</t>
+          <t> SHRUSHTI MAROTI MUNDE</t>
         </is>
       </c>
       <c r="H63" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I63" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J63" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K63" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L63" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5673,169 +5673,169 @@
       <c r="N63" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O63" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P63" s="1"/>
       <c r="Q63" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R63" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>75599</t>
+          <t>75579</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
-          <t>2745</t>
+          <t>2876</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
           <t>2021-05-30</t>
         </is>
       </c>
       <c r="E64" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G64" s="1" t="inlineStr">
         <is>
-          <t>MADHVI RAJALWAR</t>
+          <t> SWAPNIL RAJU TAPALE</t>
         </is>
       </c>
       <c r="H64" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I64" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J64" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K64" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L64" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M64" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N64" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O64" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P64" s="1"/>
       <c r="Q64" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R64" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>75598</t>
+          <t>75526</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
-          <t>2881</t>
+          <t>2797</t>
         </is>
       </c>
       <c r="D65" s="1" t="inlineStr">
         <is>
           <t>2021-05-30</t>
         </is>
       </c>
       <c r="E65" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F65" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G65" s="1" t="inlineStr">
         <is>
-          <t> SHRUSHTI MAROTI MUNDE</t>
+          <t> MADHVI RAGELWAR</t>
         </is>
       </c>
       <c r="H65" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I65" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J65" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K65" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L65" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5849,81 +5849,81 @@
       <c r="N65" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O65" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P65" s="1"/>
       <c r="Q65" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R65" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>75579</t>
+          <t>75305</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
-          <t>2876</t>
+          <t>2638</t>
         </is>
       </c>
       <c r="D66" s="1" t="inlineStr">
         <is>
           <t>2021-05-30</t>
         </is>
       </c>
       <c r="E66" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G66" s="1" t="inlineStr">
         <is>
-          <t> SWAPNIL RAJU TAPALE</t>
+          <t>VILAS RAGIT</t>
         </is>
       </c>
       <c r="H66" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I66" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J66" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K66" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L66" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5937,169 +5937,169 @@
       <c r="N66" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O66" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P66" s="1"/>
       <c r="Q66" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R66" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>75526</t>
+          <t>75274</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
-          <t>2797</t>
+          <t>2672</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
           <t>2021-05-30</t>
         </is>
       </c>
       <c r="E67" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F67" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G67" s="1" t="inlineStr">
         <is>
-          <t> MADHVI RAGELWAR</t>
+          <t>PRABHAKAR ATRAM</t>
         </is>
       </c>
       <c r="H67" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I67" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J67" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K67" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L67" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M67" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N67" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="O67" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P67" s="1"/>
       <c r="Q67" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R67" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>75305</t>
+          <t>75255</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t>2638</t>
+          <t>3029</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
           <t>2021-05-30</t>
         </is>
       </c>
       <c r="E68" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F68" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G68" s="1" t="inlineStr">
         <is>
-          <t>VILAS RAGIT</t>
+          <t>ABDUL SAHIL NAFIS SHEIKH </t>
         </is>
       </c>
       <c r="H68" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I68" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J68" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K68" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L68" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -6113,169 +6113,169 @@
       <c r="N68" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O68" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P68" s="1"/>
       <c r="Q68" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R68" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>75274</t>
+          <t>75254</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t>2672</t>
+          <t>3028</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
           <t>2021-05-30</t>
         </is>
       </c>
       <c r="E69" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F69" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G69" s="1" t="inlineStr">
         <is>
-          <t>PRABHAKAR ATRAM</t>
+          <t>SIMRAN ABDUL NAFIZ SHEIKH </t>
         </is>
       </c>
       <c r="H69" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I69" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J69" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K69" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L69" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M69" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N69" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O69" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P69" s="1"/>
       <c r="Q69" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R69" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>75255</t>
+          <t>75230</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t>3029</t>
+          <t>2881</t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
           <t>2021-05-30</t>
         </is>
       </c>
       <c r="E70" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F70" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G70" s="1" t="inlineStr">
         <is>
-          <t>ABDUL SAHIL NAFIS SHEIKH </t>
+          <t> SHRUSHTI MAROTI MUNDE</t>
         </is>
       </c>
       <c r="H70" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I70" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J70" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K70" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L70" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -6289,81 +6289,81 @@
       <c r="N70" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O70" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P70" s="1"/>
       <c r="Q70" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R70" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>75254</t>
+          <t>75045</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t>3028</t>
+          <t>2912</t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
           <t>2021-05-30</t>
         </is>
       </c>
       <c r="E71" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F71" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G71" s="1" t="inlineStr">
         <is>
-          <t>SIMRAN ABDUL NAFIZ SHEIKH </t>
+          <t> SATISH FULCHAND BHARNE</t>
         </is>
       </c>
       <c r="H71" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I71" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J71" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K71" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L71" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -6377,169 +6377,169 @@
       <c r="N71" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O71" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P71" s="1"/>
       <c r="Q71" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R71" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>75230</t>
+          <t>74937</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t>2881</t>
+          <t>2893</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
           <t>2021-05-30</t>
         </is>
       </c>
       <c r="E72" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F72" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G72" s="1" t="inlineStr">
         <is>
-          <t> SHRUSHTI MAROTI MUNDE</t>
+          <t> KESHAR BHUPELLIWAR</t>
         </is>
       </c>
       <c r="H72" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I72" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J72" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K72" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L72" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M72" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="N72" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>--</t>
         </is>
       </c>
       <c r="O72" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P72" s="1"/>
       <c r="Q72" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R72" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>75218</t>
+          <t>74922</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t>2855</t>
+          <t>2641</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
           <t>2021-05-30</t>
         </is>
       </c>
       <c r="E73" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F73" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G73" s="1" t="inlineStr">
         <is>
-          <t>INDU WANDHRE</t>
+          <t>RAMESHWAR SONWANE     </t>
         </is>
       </c>
       <c r="H73" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I73" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J73" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K73" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L73" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -6553,257 +6553,257 @@
       <c r="N73" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O73" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P73" s="1"/>
       <c r="Q73" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R73" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>75045</t>
+          <t>74900</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>34</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t>2912</t>
+          <t>2659</t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
           <t>2021-05-30</t>
         </is>
       </c>
       <c r="E74" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F74" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G74" s="1" t="inlineStr">
         <is>
-          <t> SATISH FULCHAND BHARNE</t>
+          <t>BHAGYASHRI DIPAK NIKHARE </t>
         </is>
       </c>
       <c r="H74" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I74" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J74" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K74" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L74" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M74" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N74" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O74" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P74" s="1"/>
       <c r="Q74" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R74" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>74937</t>
+          <t>74691</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t>2893</t>
+          <t>2724</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
-          <t>2021-05-30</t>
+          <t>2021-05-29</t>
         </is>
       </c>
       <c r="E75" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F75" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G75" s="1" t="inlineStr">
         <is>
-          <t> KESHAR BHUPELLIWAR</t>
+          <t>GANESH MAHADEO BUTALE </t>
         </is>
       </c>
       <c r="H75" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I75" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J75" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K75" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L75" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M75" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N75" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O75" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P75" s="1"/>
       <c r="Q75" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R75" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>74922</t>
+          <t>74648</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>34</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t>2641</t>
+          <t>2659</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
-          <t>2021-05-30</t>
+          <t>2021-05-29</t>
         </is>
       </c>
       <c r="E76" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F76" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G76" s="1" t="inlineStr">
         <is>
-          <t>RAMESHWAR SONWANE     </t>
+          <t>BHAGYASHRI DIPAK NIKHARE </t>
         </is>
       </c>
       <c r="H76" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I76" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J76" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K76" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L76" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -6817,81 +6817,81 @@
       <c r="N76" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O76" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P76" s="1"/>
       <c r="Q76" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R76" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>74900</t>
+          <t>74422</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t>2659</t>
+          <t>2548</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
-          <t>2021-05-30</t>
+          <t>2021-05-29</t>
         </is>
       </c>
       <c r="E77" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F77" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G77" s="1" t="inlineStr">
         <is>
-          <t>BHAGYASHRI DIPAK NIKHARE </t>
+          <t>SUSHILA ARUN JAGATAP </t>
         </is>
       </c>
       <c r="H77" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I77" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J77" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K77" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L77" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -6905,81 +6905,81 @@
       <c r="N77" s="1" t="inlineStr">
         <is>
           <t>_</t>
         </is>
       </c>
       <c r="O77" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P77" s="1"/>
       <c r="Q77" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R77" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>74691</t>
+          <t>74406</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>34</t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
-          <t>2724</t>
+          <t>2988</t>
         </is>
       </c>
       <c r="D78" s="1" t="inlineStr">
         <is>
           <t>2021-05-29</t>
         </is>
       </c>
       <c r="E78" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F78" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G78" s="1" t="inlineStr">
         <is>
-          <t>GANESH MAHADEO BUTALE </t>
+          <t>VIJAY KUMAR THAPA RAMBAHADUR THAPA </t>
         </is>
       </c>
       <c r="H78" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I78" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J78" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K78" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L78" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -6993,81 +6993,81 @@
       <c r="N78" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O78" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P78" s="1"/>
       <c r="Q78" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R78" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>74648</t>
+          <t>74278</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t>2659</t>
+          <t>2761</t>
         </is>
       </c>
       <c r="D79" s="1" t="inlineStr">
         <is>
           <t>2021-05-29</t>
         </is>
       </c>
       <c r="E79" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F79" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G79" s="1" t="inlineStr">
         <is>
-          <t>BHAGYASHRI DIPAK NIKHARE </t>
+          <t>NIKHIL GUSARKAR</t>
         </is>
       </c>
       <c r="H79" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I79" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J79" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K79" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L79" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -7081,169 +7081,169 @@
       <c r="N79" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O79" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P79" s="1"/>
       <c r="Q79" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R79" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>74422</t>
+          <t>74069</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>34</t>
         </is>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
-          <t>2548</t>
+          <t>2568</t>
         </is>
       </c>
       <c r="D80" s="1" t="inlineStr">
         <is>
           <t>2021-05-29</t>
         </is>
       </c>
       <c r="E80" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F80" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G80" s="1" t="inlineStr">
         <is>
-          <t>SUSHILA ARUN JAGATAP </t>
+          <t>KETAN TIKARAM BHATKHORE </t>
         </is>
       </c>
       <c r="H80" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I80" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J80" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K80" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L80" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M80" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N80" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O80" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P80" s="1"/>
       <c r="Q80" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R80" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>74406</t>
+          <t>73739</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
-          <t>2988</t>
+          <t>2815</t>
         </is>
       </c>
       <c r="D81" s="1" t="inlineStr">
         <is>
-          <t>2021-05-29</t>
+          <t>2021-05-28</t>
         </is>
       </c>
       <c r="E81" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F81" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G81" s="1" t="inlineStr">
         <is>
-          <t>VIJAY KUMAR THAPA RAMBAHADUR THAPA </t>
+          <t>ABDUL JAVED ABDUL HANIF </t>
         </is>
       </c>
       <c r="H81" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I81" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J81" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K81" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L81" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -7257,81 +7257,81 @@
       <c r="N81" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O81" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P81" s="1"/>
       <c r="Q81" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R81" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>74278</t>
+          <t>73603</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
-          <t>2761</t>
+          <t>2692</t>
         </is>
       </c>
       <c r="D82" s="1" t="inlineStr">
         <is>
-          <t>2021-05-29</t>
+          <t>2021-05-28</t>
         </is>
       </c>
       <c r="E82" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F82" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G82" s="1" t="inlineStr">
         <is>
-          <t>NIKHIL GUSARKAR</t>
+          <t>LATA MANOJ MESHRAM   </t>
         </is>
       </c>
       <c r="H82" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I82" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J82" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K82" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L82" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -7345,81 +7345,81 @@
       <c r="N82" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O82" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P82" s="1"/>
       <c r="Q82" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R82" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>74069</t>
+          <t>73475</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
-          <t>2568</t>
+          <t>3014</t>
         </is>
       </c>
       <c r="D83" s="1" t="inlineStr">
         <is>
-          <t>2021-05-29</t>
+          <t>2021-05-28</t>
         </is>
       </c>
       <c r="E83" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F83" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G83" s="1" t="inlineStr">
         <is>
-          <t>KETAN TIKARAM BHATKHORE </t>
+          <t>JOSHNA A ATRAM</t>
         </is>
       </c>
       <c r="H83" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I83" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J83" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K83" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L83" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -7433,81 +7433,81 @@
       <c r="N83" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O83" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P83" s="1"/>
       <c r="Q83" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R83" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>73739</t>
+          <t>73377</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
-          <t>2815</t>
+          <t>2729</t>
         </is>
       </c>
       <c r="D84" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E84" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F84" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G84" s="1" t="inlineStr">
         <is>
-          <t>ABDUL JAVED ABDUL HANIF </t>
+          <t>ARCHANA DILIP ASWALE </t>
         </is>
       </c>
       <c r="H84" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I84" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J84" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K84" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L84" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -7521,169 +7521,169 @@
       <c r="N84" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O84" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P84" s="1"/>
       <c r="Q84" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R84" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>73735</t>
+          <t>73195</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
-          <t>2846</t>
+          <t>2676</t>
         </is>
       </c>
       <c r="D85" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E85" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F85" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G85" s="1" t="inlineStr">
         <is>
-          <t>NILKANTH BALKI</t>
+          <t>NITA BRAMHANAND MESHRAM   </t>
         </is>
       </c>
       <c r="H85" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="I85" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="J85" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="K85" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="L85" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M85" s="1" t="inlineStr">
         <is>
-          <t>98</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N85" s="1" t="inlineStr">
         <is>
-          <t>--</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O85" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P85" s="1"/>
       <c r="Q85" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R85" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>73603</t>
+          <t>73070</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t>2692</t>
+          <t>2592</t>
         </is>
       </c>
       <c r="D86" s="1" t="inlineStr">
         <is>
           <t>2021-05-28</t>
         </is>
       </c>
       <c r="E86" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F86" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G86" s="1" t="inlineStr">
         <is>
-          <t>LATA MANOJ MESHRAM   </t>
+          <t>BRIJESH LALSINGH BHOND </t>
         </is>
       </c>
       <c r="H86" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I86" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J86" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K86" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L86" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -7697,81 +7697,81 @@
       <c r="N86" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O86" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P86" s="1"/>
       <c r="Q86" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R86" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>73475</t>
+          <t>72978</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
-          <t>3014</t>
+          <t>2976</t>
         </is>
       </c>
       <c r="D87" s="1" t="inlineStr">
         <is>
-          <t>2021-05-28</t>
+          <t>2021-05-27</t>
         </is>
       </c>
       <c r="E87" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F87" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G87" s="1" t="inlineStr">
         <is>
-          <t>JOSHNA A ATRAM</t>
+          <t>MANAN PATEL</t>
         </is>
       </c>
       <c r="H87" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I87" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J87" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K87" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L87" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -7785,81 +7785,81 @@
       <c r="N87" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O87" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P87" s="1"/>
       <c r="Q87" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R87" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>73377</t>
+          <t>72773</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t>2729</t>
+          <t>2609</t>
         </is>
       </c>
       <c r="D88" s="1" t="inlineStr">
         <is>
-          <t>2021-05-28</t>
+          <t>2021-05-27</t>
         </is>
       </c>
       <c r="E88" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F88" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G88" s="1" t="inlineStr">
         <is>
-          <t>ARCHANA DILIP ASWALE </t>
+          <t>SUMANBAI VITHOBA MORY </t>
         </is>
       </c>
       <c r="H88" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I88" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J88" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K88" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L88" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -7873,81 +7873,81 @@
       <c r="N88" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O88" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P88" s="1"/>
       <c r="Q88" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R88" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>73195</t>
+          <t>72772</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
-          <t>2676</t>
+          <t>2609</t>
         </is>
       </c>
       <c r="D89" s="1" t="inlineStr">
         <is>
-          <t>2021-05-28</t>
+          <t>2021-05-27</t>
         </is>
       </c>
       <c r="E89" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F89" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G89" s="1" t="inlineStr">
         <is>
-          <t>NITA BRAMHANAND MESHRAM   </t>
+          <t>SUMANBAI VITHOBA MORY </t>
         </is>
       </c>
       <c r="H89" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I89" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J89" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K89" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L89" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -7961,81 +7961,81 @@
       <c r="N89" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O89" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P89" s="1"/>
       <c r="Q89" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R89" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>73070</t>
+          <t>72745</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t>2592</t>
+          <t>2714</t>
         </is>
       </c>
       <c r="D90" s="1" t="inlineStr">
         <is>
-          <t>2021-05-28</t>
+          <t>2021-05-27</t>
         </is>
       </c>
       <c r="E90" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F90" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G90" s="1" t="inlineStr">
         <is>
-          <t>BRIJESH LALSINGH BHOND </t>
+          <t>ROSHAN JUWARE </t>
         </is>
       </c>
       <c r="H90" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I90" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J90" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K90" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L90" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -8049,81 +8049,81 @@
       <c r="N90" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O90" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P90" s="1"/>
       <c r="Q90" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R90" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>72978</t>
+          <t>72732</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
-          <t>2976</t>
+          <t>2532</t>
         </is>
       </c>
       <c r="D91" s="1" t="inlineStr">
         <is>
           <t>2021-05-27</t>
         </is>
       </c>
       <c r="E91" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F91" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G91" s="1" t="inlineStr">
         <is>
-          <t>MANAN PATEL</t>
+          <t>ASHISH SHANKAR TAMGADGE </t>
         </is>
       </c>
       <c r="H91" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I91" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J91" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K91" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L91" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -8137,81 +8137,81 @@
       <c r="N91" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O91" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P91" s="1"/>
       <c r="Q91" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R91" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>72773</t>
+          <t>72714</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t>2609</t>
+          <t>2624</t>
         </is>
       </c>
       <c r="D92" s="1" t="inlineStr">
         <is>
           <t>2021-05-27</t>
         </is>
       </c>
       <c r="E92" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F92" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G92" s="1" t="inlineStr">
         <is>
-          <t>SUMANBAI VITHOBA MORY </t>
+          <t>SHALU SHRIRAM ZADE </t>
         </is>
       </c>
       <c r="H92" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I92" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J92" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K92" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L92" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -8225,257 +8225,257 @@
       <c r="N92" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O92" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P92" s="1"/>
       <c r="Q92" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R92" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>72772</t>
+          <t>72708</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t>2609</t>
+          <t>2959</t>
         </is>
       </c>
       <c r="D93" s="1" t="inlineStr">
         <is>
           <t>2021-05-27</t>
         </is>
       </c>
       <c r="E93" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G93" s="1" t="inlineStr">
         <is>
-          <t>SUMANBAI VITHOBA MORY </t>
+          <t>JANVI RAJU POTTHARLA </t>
         </is>
       </c>
       <c r="H93" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I93" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J93" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K93" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L93" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M93" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N93" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O93" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P93" s="1"/>
       <c r="Q93" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R93" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>72745</t>
+          <t>72706</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t>2714</t>
+          <t>2959</t>
         </is>
       </c>
       <c r="D94" s="1" t="inlineStr">
         <is>
           <t>2021-05-27</t>
         </is>
       </c>
       <c r="E94" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F94" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G94" s="1" t="inlineStr">
         <is>
-          <t>ROSHAN JUWARE </t>
+          <t>JANVI RAJU POTTHARLA </t>
         </is>
       </c>
       <c r="H94" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I94" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J94" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K94" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L94" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M94" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N94" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O94" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P94" s="1"/>
       <c r="Q94" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R94" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>72732</t>
+          <t>72687</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t>2532</t>
+          <t>2610</t>
         </is>
       </c>
       <c r="D95" s="1" t="inlineStr">
         <is>
           <t>2021-05-27</t>
         </is>
       </c>
       <c r="E95" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F95" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G95" s="1" t="inlineStr">
         <is>
-          <t>ASHISH SHANKAR TAMGADGE </t>
+          <t>ASHOKKUMAR RADHESHYAM NISHAD </t>
         </is>
       </c>
       <c r="H95" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I95" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J95" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K95" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L95" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -8489,81 +8489,81 @@
       <c r="N95" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O95" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P95" s="1"/>
       <c r="Q95" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R95" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>72714</t>
+          <t>72664</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>34</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t>2624</t>
+          <t>2568</t>
         </is>
       </c>
       <c r="D96" s="1" t="inlineStr">
         <is>
           <t>2021-05-27</t>
         </is>
       </c>
       <c r="E96" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F96" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G96" s="1" t="inlineStr">
         <is>
-          <t>SHALU SHRIRAM ZADE </t>
+          <t>KETAN TIKARAM BHATKHORE </t>
         </is>
       </c>
       <c r="H96" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I96" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J96" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K96" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L96" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -8577,345 +8577,345 @@
       <c r="N96" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O96" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P96" s="1"/>
       <c r="Q96" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R96" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>72708</t>
+          <t>72577</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t>2959</t>
+          <t>2485</t>
         </is>
       </c>
       <c r="D97" s="1" t="inlineStr">
         <is>
           <t>2021-05-27</t>
         </is>
       </c>
       <c r="E97" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F97" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G97" s="1" t="inlineStr">
         <is>
-          <t>JANVI RAJU POTTHARLA </t>
+          <t>RAMACHANDRAN DAMODHARAN KOCHUPARAMPELLI </t>
         </is>
       </c>
       <c r="H97" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I97" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J97" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K97" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L97" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M97" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N97" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O97" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P97" s="1"/>
       <c r="Q97" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R97" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>72706</t>
+          <t>72576</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t>2959</t>
+          <t>2485</t>
         </is>
       </c>
       <c r="D98" s="1" t="inlineStr">
         <is>
           <t>2021-05-27</t>
         </is>
       </c>
       <c r="E98" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F98" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G98" s="1" t="inlineStr">
         <is>
-          <t>JANVI RAJU POTTHARLA </t>
+          <t>RAMACHANDRAN DAMODHARAN KOCHUPARAMPELLI </t>
         </is>
       </c>
       <c r="H98" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I98" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J98" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K98" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L98" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M98" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N98" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O98" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P98" s="1"/>
       <c r="Q98" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R98" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>72687</t>
+          <t>72524</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>31</t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
-          <t>2610</t>
+          <t>2562</t>
         </is>
       </c>
       <c r="D99" s="1" t="inlineStr">
         <is>
           <t>2021-05-27</t>
         </is>
       </c>
       <c r="E99" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F99" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G99" s="1" t="inlineStr">
         <is>
-          <t>ASHOKKUMAR RADHESHYAM NISHAD </t>
+          <t>POOJA KAWADU UMARE </t>
         </is>
       </c>
       <c r="H99" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I99" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J99" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K99" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L99" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M99" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="N99" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>_</t>
         </is>
       </c>
       <c r="O99" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P99" s="1"/>
       <c r="Q99" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R99" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>72664</t>
+          <t>72454</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>35</t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
-          <t>2568</t>
+          <t>2969</t>
         </is>
       </c>
       <c r="D100" s="1" t="inlineStr">
         <is>
           <t>2021-05-27</t>
         </is>
       </c>
       <c r="E100" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F100" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G100" s="1" t="inlineStr">
         <is>
-          <t>KETAN TIKARAM BHATKHORE </t>
+          <t>SUMAN HANSDAS YEVALE </t>
         </is>
       </c>
       <c r="H100" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I100" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J100" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K100" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L100" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -8929,81 +8929,81 @@
       <c r="N100" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O100" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P100" s="1"/>
       <c r="Q100" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R100" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>72577</t>
+          <t>72212</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>32</t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
-          <t>2485</t>
+          <t>2893</t>
         </is>
       </c>
       <c r="D101" s="1" t="inlineStr">
         <is>
           <t>2021-05-27</t>
         </is>
       </c>
       <c r="E101" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F101" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G101" s="1" t="inlineStr">
         <is>
-          <t>RAMACHANDRAN DAMODHARAN KOCHUPARAMPELLI </t>
+          <t> KESHAR BHUPELLIWAR</t>
         </is>
       </c>
       <c r="H101" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I101" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J101" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K101" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L101" s="1" t="inlineStr">
         <is>
           <t>No</t>