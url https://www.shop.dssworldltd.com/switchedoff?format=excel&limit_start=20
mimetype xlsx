--- v0 (2025-12-15)
+++ v1 (2026-02-03)
@@ -112,51 +112,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:R101"/>
+  <dimension ref="A1:R59"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>userid</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>patientID</t>
         </is>
       </c>
@@ -217,81 +217,81 @@
       </c>
       <c r="O1" s="1" t="inlineStr">
         <is>
           <t>status</t>
         </is>
       </c>
       <c r="P1" s="1" t="inlineStr">
         <is>
           <t>CallerRemark</t>
         </is>
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>CriticalAlert</t>
         </is>
       </c>
       <c r="R1" s="1" t="inlineStr">
         <is>
           <t>CallerID</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>2712</t>
+          <t>1772</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>72</t>
+          <t>106</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>2021-04-06</t>
+          <t>2021-04-01</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
-          <t>ANIL   GUPTA</t>
+          <t>SAYYAD  SIKANDAR SAYYAD HAMJA</t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I2" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J2" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K2" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L2" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -305,81 +305,81 @@
       <c r="N2" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O2" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P2" s="1"/>
       <c r="Q2" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R2" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>2704</t>
+          <t>1771</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>156</t>
+          <t>101</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>2021-04-05</t>
+          <t>2021-04-01</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>PORNIMA GAJANAN DIWASE</t>
+          <t>VIJAY SINGH SURYAVANSHI</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J3" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -393,81 +393,81 @@
       <c r="N3" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O3" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P3" s="1"/>
       <c r="Q3" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R3" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>2678</t>
+          <t>1753</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>86</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>2021-04-05</t>
+          <t>2021-04-01</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>RAJESH MADHUKAR  GAJBHIYE</t>
+          <t>POOJA ASHOK PINDALWAR</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L4" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -481,81 +481,81 @@
       <c r="N4" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O4" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P4" s="1"/>
       <c r="Q4" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R4" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>2677</t>
+          <t>1743</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>72</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>2021-04-05</t>
+          <t>2021-04-01</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>SAKAHRAM  KURUDKAR</t>
+          <t>ANIL   GUPTA</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J5" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K5" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L5" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -569,81 +569,81 @@
       <c r="N5" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O5" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P5" s="1"/>
       <c r="Q5" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R5" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>2668</t>
+          <t>1741</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>66</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>2021-04-05</t>
+          <t>2021-04-01</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>RITESH  RATNPARKHI</t>
+          <t>BADKURAM RAMSAJIVAN  SONKAR</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I6" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J6" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K6" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L6" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -657,81 +657,81 @@
       <c r="N6" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O6" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P6" s="1"/>
       <c r="Q6" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R6" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>2653</t>
+          <t>1728</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>43</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>2021-04-05</t>
+          <t>2021-04-01</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>VIJAY SINGH SURYAVANSHI</t>
+          <t>SUNIL RAMAN CHAVHAN</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J7" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K7" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L7" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -745,81 +745,81 @@
       <c r="N7" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O7" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P7" s="1"/>
       <c r="Q7" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R7" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>2649</t>
+          <t>1703</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>106</t>
+          <t>133</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>2021-04-05</t>
+          <t>2021-03-31</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
-          <t>SAYYAD  SIKANDAR SAYYAD HAMJA</t>
+          <t>SAKAHRAM  KURUDKAR</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I8" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J8" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K8" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L8" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -833,81 +833,81 @@
       <c r="N8" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O8" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P8" s="1"/>
       <c r="Q8" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R8" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>2633</t>
+          <t>1701</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>72</t>
+          <t>134</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>2021-04-05</t>
+          <t>2021-03-31</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
         <is>
-          <t>ANIL   GUPTA</t>
+          <t>AJAY L PAL</t>
         </is>
       </c>
       <c r="H9" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I9" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J9" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L9" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -921,81 +921,81 @@
       <c r="N9" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O9" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P9" s="1"/>
       <c r="Q9" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R9" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>2602</t>
+          <t>1646</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>156</t>
+          <t>106</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>2021-04-05</t>
+          <t>2021-03-31</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
-          <t>PORNIMA GAJANAN DIWASE</t>
+          <t>SAYYAD  SIKANDAR SAYYAD HAMJA</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I10" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J10" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L10" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1009,81 +1009,81 @@
       <c r="N10" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O10" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P10" s="1"/>
       <c r="Q10" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R10" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>2588</t>
+          <t>1645</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>122</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>2021-04-05</t>
+          <t>2021-03-31</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
-          <t>RAJESH MADHUKAR  GAJBHIYE</t>
+          <t>PARWATI BHANLARI </t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J11" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L11" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1097,81 +1097,81 @@
       <c r="N11" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O11" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P11" s="1"/>
       <c r="Q11" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R11" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>2578</t>
+          <t>1644</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>120</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>2021-04-05</t>
+          <t>2021-03-31</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
-          <t>SAKAHRAM  KURUDKAR</t>
+          <t>RITESH  RATNPARKHI</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I12" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J12" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L12" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1185,81 +1185,81 @@
       <c r="N12" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O12" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P12" s="1"/>
       <c r="Q12" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R12" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>2569</t>
+          <t>1643</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>101</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>2021-04-05</t>
+          <t>2021-03-31</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
         <is>
-          <t>PARWATI BHANLARI </t>
+          <t>VIJAY SINGH SURYAVANSHI</t>
         </is>
       </c>
       <c r="H13" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I13" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J13" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K13" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L13" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1273,81 +1273,81 @@
       <c r="N13" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O13" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P13" s="1"/>
       <c r="Q13" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R13" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>2568</t>
+          <t>1642</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>72</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>2021-04-05</t>
+          <t>2021-03-31</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
-          <t>RITESH  RATNPARKHI</t>
+          <t>ANIL   GUPTA</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L14" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1361,81 +1361,81 @@
       <c r="N14" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O14" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P14" s="1"/>
       <c r="Q14" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R14" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>2557</t>
+          <t>1641</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>106</t>
+          <t>43</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>2021-04-05</t>
+          <t>2021-03-31</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
-          <t>SAYYAD  SIKANDAR SAYYAD HAMJA</t>
+          <t>SUNIL RAMAN CHAVHAN</t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I15" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J15" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K15" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L15" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1449,81 +1449,81 @@
       <c r="N15" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O15" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P15" s="1"/>
       <c r="Q15" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R15" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>2554</t>
+          <t>1636</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>133</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>2021-04-05</t>
+          <t>2021-03-31</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
         <is>
-          <t>VIJAY SINGH SURYAVANSHI</t>
+          <t>SAKAHRAM  KURUDKAR</t>
         </is>
       </c>
       <c r="H16" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I16" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J16" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K16" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L16" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1537,81 +1537,81 @@
       <c r="N16" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O16" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P16" s="1"/>
       <c r="Q16" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R16" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>2531</t>
+          <t>1616</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>72</t>
+          <t>122</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>2021-04-05</t>
+          <t>2021-03-31</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G17" s="1" t="inlineStr">
         <is>
-          <t>ANIL   GUPTA</t>
+          <t>PARWATI BHANLARI </t>
         </is>
       </c>
       <c r="H17" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I17" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J17" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K17" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L17" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1625,81 +1625,81 @@
       <c r="N17" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O17" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P17" s="1"/>
       <c r="Q17" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R17" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>2480</t>
+          <t>1615</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>120</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>2021-04-04</t>
+          <t>2021-03-31</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
-          <t>SAKAHRAM  KURUDKAR</t>
+          <t>RITESH  RATNPARKHI</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I18" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J18" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K18" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L18" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1713,81 +1713,81 @@
       <c r="N18" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O18" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P18" s="1"/>
       <c r="Q18" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R18" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>2468</t>
+          <t>1604</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>106</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>2021-04-04</t>
+          <t>2021-03-31</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
         <is>
-          <t>RAJESH MADHUKAR  GAJBHIYE</t>
+          <t>SAYYAD  SIKANDAR SAYYAD HAMJA</t>
         </is>
       </c>
       <c r="H19" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I19" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J19" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K19" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L19" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1801,81 +1801,81 @@
       <c r="N19" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O19" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P19" s="1"/>
       <c r="Q19" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R19" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>2457</t>
+          <t>1601</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>101</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>2021-04-04</t>
+          <t>2021-03-31</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
-          <t>PARWATI BHANLARI </t>
+          <t>VIJAY SINGH SURYAVANSHI</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I20" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J20" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K20" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L20" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1889,81 +1889,81 @@
       <c r="N20" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O20" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P20" s="1"/>
       <c r="Q20" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R20" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>2453</t>
+          <t>1582</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>72</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>2021-04-04</t>
+          <t>2021-03-31</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
         <is>
-          <t>RITESH  RATNPARKHI</t>
+          <t>ANIL   GUPTA</t>
         </is>
       </c>
       <c r="H21" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I21" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J21" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K21" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L21" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -1977,81 +1977,81 @@
       <c r="N21" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O21" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P21" s="1"/>
       <c r="Q21" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R21" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>2446</t>
+          <t>1581</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>106</t>
+          <t>70</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>2021-04-04</t>
+          <t>2021-03-31</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G22" s="1" t="inlineStr">
         <is>
-          <t>SAYYAD  SIKANDAR SAYYAD HAMJA</t>
+          <t>AKASH  BALAJI BHUKYA</t>
         </is>
       </c>
       <c r="H22" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I22" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J22" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K22" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L22" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2065,81 +2065,81 @@
       <c r="N22" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O22" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P22" s="1"/>
       <c r="Q22" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R22" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>2408</t>
+          <t>1561</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>72</t>
+          <t>43</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>2021-04-04</t>
+          <t>2021-03-31</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G23" s="1" t="inlineStr">
         <is>
-          <t>ANIL   GUPTA</t>
+          <t>SUNIL RAMAN CHAVHAN</t>
         </is>
       </c>
       <c r="H23" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I23" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J23" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K23" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L23" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2153,81 +2153,81 @@
       <c r="N23" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O23" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P23" s="1"/>
       <c r="Q23" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R23" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>2383</t>
+          <t>1539</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>101</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>2021-04-04</t>
+          <t>2021-03-30</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G24" s="1" t="inlineStr">
         <is>
-          <t>RAJESH MADHUKAR  GAJBHIYE</t>
+          <t>VIJAY SINGH SURYAVANSHI</t>
         </is>
       </c>
       <c r="H24" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I24" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J24" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K24" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L24" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2241,81 +2241,81 @@
       <c r="N24" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O24" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P24" s="1"/>
       <c r="Q24" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R24" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>2371</t>
+          <t>1531</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>106</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>2021-04-04</t>
+          <t>2021-03-30</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G25" s="1" t="inlineStr">
         <is>
-          <t>SAKAHRAM  KURUDKAR</t>
+          <t>SAYYAD  SIKANDAR SAYYAD HAMJA</t>
         </is>
       </c>
       <c r="H25" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I25" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J25" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K25" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L25" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2329,71 +2329,71 @@
       <c r="N25" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O25" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P25" s="1"/>
       <c r="Q25" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R25" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>2365</t>
+          <t>1527</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>2021-04-04</t>
+          <t>2021-03-30</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G26" s="1" t="inlineStr">
         <is>
           <t>PARWATI BHANLARI </t>
         </is>
       </c>
       <c r="H26" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I26" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J26" s="1" t="inlineStr">
         <is>
           <t>NA</t>
@@ -2417,81 +2417,81 @@
       <c r="N26" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O26" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P26" s="1"/>
       <c r="Q26" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R26" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>2361</t>
+          <t>1509</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>72</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>2021-04-04</t>
+          <t>2021-03-30</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G27" s="1" t="inlineStr">
         <is>
-          <t>RITESH  RATNPARKHI</t>
+          <t>ANIL   GUPTA</t>
         </is>
       </c>
       <c r="H27" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I27" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J27" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K27" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L27" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2505,81 +2505,81 @@
       <c r="N27" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O27" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P27" s="1"/>
       <c r="Q27" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R27" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>2345</t>
+          <t>1488</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>106</t>
+          <t>43</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>2021-04-04</t>
+          <t>2021-03-30</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G28" s="1" t="inlineStr">
         <is>
-          <t>SAYYAD  SIKANDAR SAYYAD HAMJA</t>
+          <t>SUNIL RAMAN CHAVHAN</t>
         </is>
       </c>
       <c r="H28" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I28" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J28" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K28" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L28" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2593,81 +2593,81 @@
       <c r="N28" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O28" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P28" s="1"/>
       <c r="Q28" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R28" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>2343</t>
+          <t>1469</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>122</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>2021-04-04</t>
+          <t>2021-03-30</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G29" s="1" t="inlineStr">
         <is>
-          <t>VIJAY SINGH SURYAVANSHI</t>
+          <t>PARWATI BHANLARI </t>
         </is>
       </c>
       <c r="H29" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I29" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J29" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K29" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L29" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2681,81 +2681,81 @@
       <c r="N29" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O29" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P29" s="1"/>
       <c r="Q29" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R29" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>2326</t>
+          <t>1468</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>72</t>
+          <t>120</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>2021-04-04</t>
+          <t>2021-03-30</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G30" s="1" t="inlineStr">
         <is>
-          <t>ANIL   GUPTA</t>
+          <t>RITESH  RATNPARKHI</t>
         </is>
       </c>
       <c r="H30" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I30" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J30" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K30" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L30" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2769,81 +2769,81 @@
       <c r="N30" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O30" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P30" s="1"/>
       <c r="Q30" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R30" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>2283</t>
+          <t>1455</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>106</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>2021-04-03</t>
+          <t>2021-03-30</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G31" s="1" t="inlineStr">
         <is>
-          <t>FAKHARU JAIRAM KHOBRAGADE</t>
+          <t>SAYYAD  SIKANDAR SAYYAD HAMJA</t>
         </is>
       </c>
       <c r="H31" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I31" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J31" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K31" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L31" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2857,81 +2857,81 @@
       <c r="N31" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O31" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P31" s="1"/>
       <c r="Q31" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R31" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>2280</t>
+          <t>1452</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>147</t>
+          <t>101</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>2021-04-03</t>
+          <t>2021-03-30</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G32" s="1" t="inlineStr">
         <is>
-          <t>SHANTABAI  SAKHARAM KURUDKAR</t>
+          <t>VIJAY SINGH SURYAVANSHI</t>
         </is>
       </c>
       <c r="H32" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I32" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J32" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K32" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L32" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -2945,81 +2945,81 @@
       <c r="N32" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O32" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P32" s="1"/>
       <c r="Q32" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R32" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>2271</t>
+          <t>1432</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>72</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>2021-04-03</t>
+          <t>2021-03-30</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G33" s="1" t="inlineStr">
         <is>
-          <t>SAKAHRAM  KURUDKAR</t>
+          <t>ANIL   GUPTA</t>
         </is>
       </c>
       <c r="H33" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I33" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J33" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K33" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L33" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -3033,81 +3033,81 @@
       <c r="N33" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O33" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P33" s="1"/>
       <c r="Q33" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R33" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>2264</t>
+          <t>1413</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>43</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>2021-04-03</t>
+          <t>2021-03-30</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G34" s="1" t="inlineStr">
         <is>
-          <t>PARWATI BHANLARI </t>
+          <t>SUNIL RAMAN CHAVHAN</t>
         </is>
       </c>
       <c r="H34" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I34" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J34" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K34" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L34" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -3121,81 +3121,81 @@
       <c r="N34" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O34" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P34" s="1"/>
       <c r="Q34" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R34" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>2263</t>
+          <t>1399</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>106</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>2021-04-03</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G35" s="1" t="inlineStr">
         <is>
-          <t>RITESH  RATNPARKHI</t>
+          <t>SAYYAD  SIKANDAR SAYYAD HAMJA</t>
         </is>
       </c>
       <c r="H35" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I35" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J35" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K35" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L35" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -3209,81 +3209,81 @@
       <c r="N35" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O35" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P35" s="1"/>
       <c r="Q35" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R35" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>2251</t>
+          <t>1397</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>108</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
-          <t>2021-04-03</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G36" s="1" t="inlineStr">
         <is>
-          <t>VIJAY SINGH SURYAVANSHI</t>
+          <t>RAMESH SHANTILAL PATEL</t>
         </is>
       </c>
       <c r="H36" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I36" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J36" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K36" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L36" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -3297,81 +3297,81 @@
       <c r="N36" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O36" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P36" s="1"/>
       <c r="Q36" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R36" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>2235</t>
+          <t>1384</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>72</t>
+          <t>120</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>2021-04-03</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G37" s="1" t="inlineStr">
         <is>
-          <t>ANIL   GUPTA</t>
+          <t>RITESH  RATNPARKHI</t>
         </is>
       </c>
       <c r="H37" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I37" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J37" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K37" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L37" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -3385,81 +3385,81 @@
       <c r="N37" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O37" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P37" s="1"/>
       <c r="Q37" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R37" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>2200</t>
+          <t>1383</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>122</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>2021-04-03</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G38" s="1" t="inlineStr">
         <is>
-          <t>FAKHARU JAIRAM KHOBRAGADE</t>
+          <t>PARWATI BHANLARI </t>
         </is>
       </c>
       <c r="H38" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I38" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J38" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K38" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L38" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -3473,81 +3473,81 @@
       <c r="N38" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O38" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P38" s="1"/>
       <c r="Q38" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R38" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>2191</t>
+          <t>1359</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>72</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>2021-04-03</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G39" s="1" t="inlineStr">
         <is>
-          <t>RAJESH MADHUKAR  GAJBHIYE</t>
+          <t>ANIL   GUPTA</t>
         </is>
       </c>
       <c r="H39" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I39" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J39" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K39" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L39" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -3561,169 +3561,169 @@
       <c r="N39" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O39" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P39" s="1"/>
       <c r="Q39" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R39" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>2171</t>
+          <t>1336</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>43</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>2021-04-03</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G40" s="1" t="inlineStr">
         <is>
-          <t>PARWATI BHANLARI </t>
+          <t>SUNIL RAMAN CHAVHAN</t>
         </is>
       </c>
       <c r="H40" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="I40" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="J40" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="K40" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>No</t>
         </is>
       </c>
       <c r="L40" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M40" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="N40" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O40" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P40" s="1"/>
       <c r="Q40" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R40" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>2169</t>
+          <t>1331</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>38</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>2021-04-03</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G41" s="1" t="inlineStr">
         <is>
-          <t>RITESH  RATNPARKHI</t>
+          <t>AAYUSHI SUMESH DHANKE</t>
         </is>
       </c>
       <c r="H41" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I41" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J41" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K41" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L41" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -3737,81 +3737,81 @@
       <c r="N41" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O41" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P41" s="1"/>
       <c r="Q41" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R41" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>2160</t>
+          <t>1319</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>106</t>
+          <t>122</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>2021-04-03</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G42" s="1" t="inlineStr">
         <is>
-          <t>SAYYAD  SIKANDAR SAYYAD HAMJA</t>
+          <t>PARWATI BHANLARI </t>
         </is>
       </c>
       <c r="H42" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I42" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J42" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K42" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L42" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -3825,81 +3825,81 @@
       <c r="N42" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O42" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P42" s="1"/>
       <c r="Q42" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R42" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>2157</t>
+          <t>1318</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>120</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>2021-04-03</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G43" s="1" t="inlineStr">
         <is>
-          <t>VIJAY SINGH SURYAVANSHI</t>
+          <t>RITESH  RATNPARKHI</t>
         </is>
       </c>
       <c r="H43" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I43" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J43" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K43" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L43" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -3913,81 +3913,81 @@
       <c r="N43" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O43" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P43" s="1"/>
       <c r="Q43" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R43" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>2147</t>
+          <t>1309</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>72</t>
+          <t>108</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
-          <t>2021-04-03</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G44" s="1" t="inlineStr">
         <is>
-          <t>ANIL   GUPTA</t>
+          <t>RAMESH SHANTILAL PATEL</t>
         </is>
       </c>
       <c r="H44" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I44" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J44" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K44" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L44" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4001,81 +4001,81 @@
       <c r="N44" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O44" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P44" s="1"/>
       <c r="Q44" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R44" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>2108</t>
+          <t>1307</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>106</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
-          <t>2021-04-02</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G45" s="1" t="inlineStr">
         <is>
-          <t>FAKHARU JAIRAM KHOBRAGADE</t>
+          <t>SAYYAD  SIKANDAR SAYYAD HAMJA</t>
         </is>
       </c>
       <c r="H45" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I45" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J45" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K45" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L45" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4089,81 +4089,81 @@
       <c r="N45" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O45" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P45" s="1"/>
       <c r="Q45" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R45" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>2102</t>
+          <t>1278</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>72</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>2021-04-02</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E46" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G46" s="1" t="inlineStr">
         <is>
-          <t>RAJESH MADHUKAR  GAJBHIYE</t>
+          <t>ANIL   GUPTA</t>
         </is>
       </c>
       <c r="H46" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I46" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J46" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K46" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L46" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4177,81 +4177,81 @@
       <c r="N46" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O46" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P46" s="1"/>
       <c r="Q46" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R46" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>2096</t>
+          <t>1253</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>43</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
-          <t>2021-04-02</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G47" s="1" t="inlineStr">
         <is>
-          <t>SAKAHRAM  KURUDKAR</t>
+          <t>SUNIL RAMAN CHAVHAN</t>
         </is>
       </c>
       <c r="H47" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I47" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J47" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K47" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L47" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4265,81 +4265,81 @@
       <c r="N47" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O47" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P47" s="1"/>
       <c r="Q47" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R47" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>2088</t>
+          <t>1250</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>39</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>2021-04-02</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G48" s="1" t="inlineStr">
         <is>
-          <t>PARWATI BHANLARI </t>
+          <t>SIYA  AHUJA</t>
         </is>
       </c>
       <c r="H48" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I48" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J48" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K48" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L48" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4353,81 +4353,81 @@
       <c r="N48" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O48" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P48" s="1"/>
       <c r="Q48" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R48" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>2083</t>
+          <t>1249</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>38</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>2021-04-02</t>
+          <t>2021-03-29</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G49" s="1" t="inlineStr">
         <is>
-          <t>RITESH  RATNPARKHI</t>
+          <t>AAYUSHI SUMESH DHANKE</t>
         </is>
       </c>
       <c r="H49" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I49" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J49" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K49" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L49" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4441,81 +4441,81 @@
       <c r="N49" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O49" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P49" s="1"/>
       <c r="Q49" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R49" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>2072</t>
+          <t>1208</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>106</t>
+          <t>38</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>2021-04-02</t>
+          <t>2021-03-28</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G50" s="1" t="inlineStr">
         <is>
-          <t>SAYYAD  SIKANDAR SAYYAD HAMJA</t>
+          <t>AAYUSHI SUMESH DHANKE</t>
         </is>
       </c>
       <c r="H50" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I50" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J50" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K50" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L50" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4529,81 +4529,81 @@
       <c r="N50" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O50" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P50" s="1"/>
       <c r="Q50" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R50" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>2059</t>
+          <t>1196</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>86</t>
+          <t>43</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>2021-04-02</t>
+          <t>2021-03-28</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
           <t>Evening</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G51" s="1" t="inlineStr">
         <is>
-          <t>POOJA ASHOK PINDALWAR</t>
+          <t>SUNIL RAMAN CHAVHAN</t>
         </is>
       </c>
       <c r="H51" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I51" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J51" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K51" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L51" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4617,71 +4617,71 @@
       <c r="N51" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O51" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P51" s="1"/>
       <c r="Q51" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R51" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>2052</t>
+          <t>1145</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
-          <t>2021-04-02</t>
+          <t>2021-03-28</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G52" s="1" t="inlineStr">
         <is>
           <t>ANIL   GUPTA</t>
         </is>
       </c>
       <c r="H52" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I52" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J52" s="1" t="inlineStr">
         <is>
           <t>NA</t>
@@ -4705,71 +4705,71 @@
       <c r="N52" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O52" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P52" s="1"/>
       <c r="Q52" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R52" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>2028</t>
+          <t>1141</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
-          <t>2021-04-02</t>
+          <t>2021-03-28</t>
         </is>
       </c>
       <c r="E53" s="1" t="inlineStr">
         <is>
-          <t>Evening</t>
+          <t>Morning</t>
         </is>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G53" s="1" t="inlineStr">
         <is>
           <t>SUNIL RAMAN CHAVHAN</t>
         </is>
       </c>
       <c r="H53" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I53" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J53" s="1" t="inlineStr">
         <is>
           <t>NA</t>
@@ -4793,81 +4793,81 @@
       <c r="N53" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O53" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P53" s="1"/>
       <c r="Q53" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R53" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>2009</t>
+          <t>1105</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>82</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
-          <t>2021-04-02</t>
+          <t>2021-03-27</t>
         </is>
       </c>
       <c r="E54" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G54" s="1" t="inlineStr">
         <is>
-          <t>RAJESH MADHUKAR  GAJBHIYE</t>
+          <t>SUNIL D DAHULE</t>
         </is>
       </c>
       <c r="H54" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I54" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J54" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K54" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L54" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4881,81 +4881,81 @@
       <c r="N54" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O54" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P54" s="1"/>
       <c r="Q54" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R54" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>2002</t>
+          <t>1103</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>72</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
-          <t>2021-04-02</t>
+          <t>2021-03-27</t>
         </is>
       </c>
       <c r="E55" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G55" s="1" t="inlineStr">
         <is>
-          <t>SAKAHRAM  KURUDKAR</t>
+          <t>ANIL   GUPTA</t>
         </is>
       </c>
       <c r="H55" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I55" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J55" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K55" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L55" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -4969,81 +4969,81 @@
       <c r="N55" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O55" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P55" s="1"/>
       <c r="Q55" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R55" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>1987</t>
+          <t>1051</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>72</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
-          <t>2021-04-02</t>
+          <t>2021-03-27</t>
         </is>
       </c>
       <c r="E56" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G56" s="1" t="inlineStr">
         <is>
-          <t>PARWATI BHANLARI </t>
+          <t>ANIL   GUPTA</t>
         </is>
       </c>
       <c r="H56" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I56" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J56" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K56" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L56" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5057,81 +5057,81 @@
       <c r="N56" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O56" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P56" s="1"/>
       <c r="Q56" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R56" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>1986</t>
+          <t>1023</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>43</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
-          <t>2021-04-02</t>
+          <t>2021-03-27</t>
         </is>
       </c>
       <c r="E57" s="1" t="inlineStr">
         <is>
           <t>Morning</t>
         </is>
       </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G57" s="1" t="inlineStr">
         <is>
-          <t>RITESH  RATNPARKHI</t>
+          <t>SUNIL RAMAN CHAVHAN</t>
         </is>
       </c>
       <c r="H57" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I57" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J57" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K57" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L57" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5145,81 +5145,81 @@
       <c r="N57" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O57" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P57" s="1"/>
       <c r="Q57" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R57" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>1971</t>
+          <t>1004</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
-          <t>106</t>
+          <t>72</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
-          <t>2021-04-02</t>
+          <t>2021-03-26</t>
         </is>
       </c>
       <c r="E58" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G58" s="1" t="inlineStr">
         <is>
-          <t>SAYYAD  SIKANDAR SAYYAD HAMJA</t>
+          <t>ANIL   GUPTA</t>
         </is>
       </c>
       <c r="H58" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I58" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J58" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K58" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L58" s="1" t="inlineStr">
         <is>
           <t>No</t>
@@ -5233,3826 +5233,130 @@
       <c r="N58" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O58" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P58" s="1"/>
       <c r="Q58" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R58" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>1968</t>
+          <t>572</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>22</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
         <is>
-          <t>2021-04-02</t>
+          <t>2021-03-21</t>
         </is>
       </c>
       <c r="E59" s="1" t="inlineStr">
         <is>
-          <t>Morning</t>
+          <t>Evening</t>
         </is>
       </c>
       <c r="F59" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="G59" s="1" t="inlineStr">
         <is>
-          <t>VIJAY SINGH SURYAVANSHI</t>
+          <t>ROSHAN KRISHNA GUJJEWAR</t>
         </is>
       </c>
       <c r="H59" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="I59" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="J59" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="K59" s="1" t="inlineStr">
         <is>
           <t>NA</t>
         </is>
       </c>
       <c r="L59" s="1" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="M59" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="N59" s="1" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="O59" s="1" t="inlineStr">
         <is>
           <t>नंबर बंद आहे</t>
         </is>
       </c>
       <c r="P59" s="1"/>
       <c r="Q59" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="R59" s="1" t="inlineStr">
-        <is>
-[...3694 lines deleted...]
-      <c r="R101" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">